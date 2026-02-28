--- v0 (2025-11-14)
+++ v1 (2026-02-28)
@@ -2,245 +2,260 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/ppt/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/ppt/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/ppt/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/ppt/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/ppt/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId19"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId19"/>
+    <p:handoutMasterId r:id="rId20"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="367" r:id="rId5"/>
-[...11 lines deleted...]
-    <p:sldId id="439" r:id="rId17"/>
+    <p:sldId id="455" r:id="rId5"/>
+    <p:sldId id="461" r:id="rId6"/>
+    <p:sldId id="486" r:id="rId7"/>
+    <p:sldId id="484" r:id="rId8"/>
+    <p:sldId id="485" r:id="rId9"/>
+    <p:sldId id="474" r:id="rId10"/>
+    <p:sldId id="475" r:id="rId11"/>
+    <p:sldId id="459" r:id="rId12"/>
+    <p:sldId id="479" r:id="rId13"/>
+    <p:sldId id="480" r:id="rId14"/>
+    <p:sldId id="462" r:id="rId15"/>
+    <p:sldId id="477" r:id="rId16"/>
+    <p:sldId id="478" r:id="rId17"/>
+    <p:sldId id="473" r:id="rId18"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl3pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl4pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+    <a:lvl5pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="358">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
@@ -255,79 +270,79 @@
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="E6007E"/>
-[...7 lines deleted...]
-    <a:srgbClr val="008000"/>
+    <a:srgbClr val="156BB5"/>
+    <a:srgbClr val="E50078"/>
+    <a:srgbClr val="24257E"/>
+    <a:srgbClr val="FFFFFF"/>
+    <a:srgbClr val="9900CC"/>
+    <a:srgbClr val="CC99FF"/>
+    <a:srgbClr val="1D70B7"/>
+    <a:srgbClr val="1F71B8"/>
+    <a:srgbClr val="25267E"/>
     <a:srgbClr val="002B82"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{9A5D6890-306C-4CDA-AC7A-335AC763B9F6}" v="11" dt="2025-01-14T18:18:04.809"/>
+    <p1510:client id="{CFDFDDF4-670A-4695-A29B-DC6E00083951}" v="21" dt="2026-01-16T09:57:25.763"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -472,30254 +487,14447 @@
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="15987" autoAdjust="0"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="11651" autoAdjust="0"/>
     <p:restoredTop sz="94701" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="112" d="100"/>
-          <a:sy n="112" d="100"/>
+          <a:sx n="105" d="100"/>
+          <a:sy n="105" d="100"/>
         </p:scale>
-        <p:origin x="1566" y="96"/>
+        <p:origin x="1266" y="96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz"/>
         <p:guide pos="358"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="100" d="100"/>
-        <a:sy n="100" d="100"/>
+        <a:sx n="3" d="2"/>
+        <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="88" d="100"/>
-          <a:sy n="88" d="100"/>
+          <a:sx n="47" d="100"/>
+          <a:sy n="47" d="100"/>
         </p:scale>
-        <p:origin x="-3870" y="-120"/>
+        <p:origin x="-2323" y="-96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="36004" cy="36004"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T16:47:15.113" v="146" actId="27918"/>
+    <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}"/>
+    <pc:docChg chg="modSld sldOrd">
+      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-16T10:03:05.536" v="184" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T15:50:17.508" v="28" actId="20577"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:17:49.309" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="367"/>
+          <pc:sldMk cId="2659603248" sldId="455"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T15:50:17.508" v="28" actId="20577"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:17:43.149" v="1" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="367"/>
-            <ac:spMk id="3080" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="2659603248" sldId="455"/>
+            <ac:spMk id="5122" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:17:49.309" v="3" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2659603248" sldId="455"/>
+            <ac:spMk id="5128" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T16:44:16.400" v="131" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:25:29.545" v="40" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="432"/>
-[...6 lines deleted...]
-          <pc:sldMk cId="0" sldId="437"/>
+          <pc:sldMk cId="956979390" sldId="459"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T16:13:21.140" v="88" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:21:04.969" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="440"/>
+          <pc:sldMk cId="2334883861" sldId="461"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T16:07:18.193" v="51"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:21:04.969" v="15"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="440"/>
-            <ac:graphicFrameMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="2334883861" sldId="461"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="mod ord">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:33:10.398" v="92" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2511223635" sldId="462"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:23:57.324" v="26"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="642914221" sldId="474"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:23:57.324" v="26"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="642914221" sldId="474"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T16:47:15.113" v="146" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:24:44.621" v="33" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="442"/>
+          <pc:sldMk cId="504810682" sldId="475"/>
         </pc:sldMkLst>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{4424B427-C68D-4934-AC48-A511978AC63E}" dt="2022-11-18T16:15:05.312" v="95" actId="27918"/>
+      <pc:sldChg chg="delSp mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:31:45.450" v="80" actId="478"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="443"/>
+          <pc:sldMk cId="3442678275" sldId="477"/>
         </pc:sldMkLst>
-      </pc:sldChg>
-[...44 lines deleted...]
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CA14DAC9-929B-4368-B1E6-95115608944A}" dt="2022-12-12T15:35:35.347" v="12" actId="20577"/>
+        <pc:spChg chg="del">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:31:45.450" v="80" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="367"/>
-            <ac:spMk id="3080" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="3442678275" sldId="477"/>
+            <ac:spMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CA14DAC9-929B-4368-B1E6-95115608944A}" dt="2022-12-12T15:44:17.748" v="27" actId="27918"/>
+      <pc:sldChg chg="delSp modSp mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T12:26:56.187" v="101" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="442"/>
+          <pc:sldMk cId="3348824123" sldId="478"/>
         </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:31:51.056" v="86" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3348824123" sldId="478"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:31:40.093" v="79" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3348824123" sldId="478"/>
+            <ac:spMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CA14DAC9-929B-4368-B1E6-95115608944A}" dt="2022-12-16T12:56:19.761" v="29" actId="27918"/>
+      <pc:sldChg chg="delSp mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:28:56.421" v="62" actId="478"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="446"/>
+          <pc:sldMk cId="2350396616" sldId="479"/>
         </pc:sldMkLst>
+        <pc:spChg chg="del">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:28:56.421" v="62" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2350396616" sldId="479"/>
+            <ac:spMk id="3" creationId="{632238AB-EA33-417C-F28A-5EB61B377B55}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CA14DAC9-929B-4368-B1E6-95115608944A}" dt="2022-12-12T15:40:05.893" v="25" actId="27918"/>
+      <pc:sldChg chg="delSp modSp mod ord">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:33:49.087" v="94"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="450"/>
-[...39 lines deleted...]
-          <pc:sldMk cId="0" sldId="367"/>
+          <pc:sldMk cId="576726429" sldId="480"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{C8B5D134-141F-4919-A823-827B6357DF3C}" dt="2024-02-13T15:26:53.386" v="18" actId="20577"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:28:30.637" v="60" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="367"/>
-            <ac:spMk id="3080" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="576726429" sldId="480"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T09:28:34.501" v="61" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="576726429" sldId="480"/>
+            <ac:spMk id="6" creationId="{7030F8FB-1B6D-265D-7EDB-30C111AF0C82}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{C8B5D134-141F-4919-A823-827B6357DF3C}" dt="2024-02-13T16:01:24.360" v="122"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-16T09:51:02.343" v="145" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="432"/>
-[...50 lines deleted...]
-          <pc:sldMk cId="0" sldId="446"/>
+          <pc:sldMk cId="361478112" sldId="484"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{C8B5D134-141F-4919-A823-827B6357DF3C}" dt="2024-02-13T15:28:57.451" v="29" actId="1076"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T14:53:08.423" v="117" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="446"/>
-[...628 lines deleted...]
-            <ac:spMk id="3080" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="361478112" sldId="484"/>
+            <ac:spMk id="2" creationId="{048EA2B4-7952-EBAC-12D7-AB4378105BCF}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{F8B8BD60-B27D-4B0F-B52D-AB453167519D}" dt="2024-09-06T10:34:16.664" v="210" actId="20577"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-16T10:03:05.536" v="184" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="432"/>
-[...158 lines deleted...]
-          <pc:sldMk cId="0" sldId="367"/>
+          <pc:sldMk cId="3499273303" sldId="485"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{AECEFD7F-CA8F-421B-BDCE-2C907CFC9EAE}" dt="2024-07-16T18:23:55.330" v="14" actId="20577"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T14:53:12.162" v="119" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="367"/>
-[...125 lines deleted...]
-            <ac:spMk id="3080" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="3499273303" sldId="485"/>
+            <ac:spMk id="2" creationId="{0E1F929B-D643-E304-CF29-0FACC7008295}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6DDDEB81-F826-434C-B10D-4299E0F7CFC8}" dt="2023-02-16T14:03:04.631" v="81"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-16T09:52:22.928" v="156" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="432"/>
-[...28 lines deleted...]
-          <pc:sldMk cId="0" sldId="442"/>
+          <pc:sldMk cId="3536685454" sldId="486"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6DDDEB81-F826-434C-B10D-4299E0F7CFC8}" dt="2023-02-16T14:06:29.857" v="100" actId="14100"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-15T12:39:18.236" v="103" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="442"/>
-            <ac:spMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="3536685454" sldId="486"/>
+            <ac:spMk id="2" creationId="{0E6EE260-D376-43FD-9860-094AB18BEF38}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:graphicFrameChg chg="mod">
-[...765 lines deleted...]
-        </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet9.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet10.xlsx"/></Relationships>
 </file>
 
+<file path=ppt/charts/_rels/chart12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet11.xlsx"/></Relationships>
+</file>
+
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet5.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet5.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet6.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet6.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet7.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet8.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="8.3753888402838539E-2"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.2224756738427063E-2"/>
+          <c:w val="0.89346457709822502"/>
+          <c:h val="0.65730586738026053"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>All </c:v>
+                  <c:v>Smoking prevalence</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="9900CC"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="14"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.900083234999272E-2"/>
+                  <c:y val="-6.9542335475256178E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-7AFA-44E7-B935-4C8840FE4907}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="15"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.562221059111925E-2"/>
+                  <c:y val="-5.1672784603670009E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-1160-4290-A9D1-6B2CF80421B7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="16"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.9427911406038296E-2"/>
+                  <c:y val="-4.8694526125072371E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-79BA-4BF3-96B5-AE2879F51F74}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="17"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.7804906575971141E-2"/>
+                  <c:y val="-4.1844531624297618E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-D717-4324-BC77-6CCA14D7E14B}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="18"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.8432750791880521E-3"/>
+                  <c:y val="-3.2909756188504585E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-DEAA-46B3-9EC4-481B27C4D856}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="t"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="129"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=22079)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=18990)</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>41760</c:v>
+                  <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41791</c:v>
+                  <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41821</c:v>
+                  <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41852</c:v>
+                  <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41883</c:v>
+                  <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41913</c:v>
+                  <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>41944</c:v>
+                  <c:v>2015 (N=20026)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>41974</c:v>
+                  <c:v>2016 (N=20437)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42005</c:v>
+                  <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42036</c:v>
+                  <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42064</c:v>
+                  <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42095</c:v>
+                  <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42125</c:v>
+                  <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42156</c:v>
+                  <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42186</c:v>
+                  <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42217</c:v>
+                  <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42248</c:v>
-[...332 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$130</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="129"/>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>24.1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>28.1</c:v>
+                  <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>26.7</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>26</c:v>
+                  <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>25.7</c:v>
+                  <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>26.8</c:v>
+                  <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>27.5</c:v>
+                  <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>26.4</c:v>
+                  <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>26</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>25.8</c:v>
+                  <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>25.7</c:v>
+                  <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>25.2</c:v>
+                  <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>25.4</c:v>
-[...2 lines deleted...]
-                  <c:v>25.9</c:v>
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="14" formatCode="0.0">
+                  <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>26.2</c:v>
+                  <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>25.6</c:v>
+                  <c:v>14.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>26.2</c:v>
+                  <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>26.8</c:v>
-[...329 lines deleted...]
-                  <c:v>29.2</c:v>
+                  <c:v>15</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2070-4625-9F79-CCF48FE2CB3F}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>A-C1</c:v>
+                  <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="186DB6"/>
+                <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="129"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=22079)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=18990)</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>41760</c:v>
+                  <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41791</c:v>
+                  <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41821</c:v>
+                  <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41852</c:v>
+                  <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41883</c:v>
+                  <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41913</c:v>
+                  <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>41944</c:v>
+                  <c:v>2015 (N=20026)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>41974</c:v>
+                  <c:v>2016 (N=20437)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42005</c:v>
+                  <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42036</c:v>
+                  <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42064</c:v>
+                  <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42095</c:v>
+                  <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42125</c:v>
+                  <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42156</c:v>
+                  <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42186</c:v>
+                  <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42217</c:v>
+                  <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42248</c:v>
-[...332 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$130</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="129"/>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>24.7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22.6</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>31.1</c:v>
+                  <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>29.3</c:v>
+                  <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>28</c:v>
+                  <c:v>21.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>28.1</c:v>
+                  <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>29.1</c:v>
+                  <c:v>19.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>30.8</c:v>
+                  <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>29.9</c:v>
+                  <c:v>19.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>30.2</c:v>
+                  <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>29.9</c:v>
+                  <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>29.1</c:v>
+                  <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>28.6</c:v>
+                  <c:v>15.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>29</c:v>
-[...2 lines deleted...]
-                  <c:v>29.6</c:v>
+                  <c:v>15.3</c:v>
+                </c:pt>
+                <c:pt idx="14" formatCode="0.0">
+                  <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>29.6</c:v>
+                  <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>28.2</c:v>
+                  <c:v>15.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>28.8</c:v>
+                  <c:v>14.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>30.1</c:v>
-[...329 lines deleted...]
-                  <c:v>31.4</c:v>
+                  <c:v>15.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2070-4625-9F79-CCF48FE2CB3F}"/>
+              <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>C2-E</c:v>
+                  <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="002B82"/>
+                <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="129"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=22079)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=18990)</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>41760</c:v>
+                  <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41791</c:v>
+                  <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41821</c:v>
+                  <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41852</c:v>
+                  <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41883</c:v>
+                  <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41913</c:v>
+                  <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>41944</c:v>
+                  <c:v>2015 (N=20026)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>41974</c:v>
+                  <c:v>2016 (N=20437)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42005</c:v>
+                  <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42036</c:v>
+                  <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42064</c:v>
+                  <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42095</c:v>
+                  <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42125</c:v>
+                  <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42156</c:v>
+                  <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42186</c:v>
+                  <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42217</c:v>
+                  <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42248</c:v>
-[...332 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$130</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="129"/>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>23.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>21.4</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>24.4</c:v>
+                  <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>23.6</c:v>
+                  <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>23.7</c:v>
+                  <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>22.8</c:v>
+                  <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>24</c:v>
+                  <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>23.5</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>22.1</c:v>
+                  <c:v>18.2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>21.1</c:v>
+                  <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>20.8</c:v>
+                  <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>21.7</c:v>
+                  <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>21</c:v>
+                  <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>21.2</c:v>
-[...2 lines deleted...]
-                  <c:v>21.5</c:v>
+                  <c:v>14.3</c:v>
+                </c:pt>
+                <c:pt idx="14" formatCode="0.0">
+                  <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>22.2</c:v>
+                  <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>22.5</c:v>
+                  <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>23.1</c:v>
+                  <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>22.8</c:v>
-[...329 lines deleted...]
-                  <c:v>26.3</c:v>
+                  <c:v>14.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2070-4625-9F79-CCF48FE2CB3F}"/>
+              <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$E$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Daily smoking prevalence</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.6600461370633268E-2"/>
+                  <c:y val="4.154670577643782E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000006-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.2048640684173298E-2"/>
+                  <c:y val="3.261193034064476E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.622613325699974E-2"/>
+                  <c:y val="3.559018881924246E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:fld id="{C1175960-BEA7-46C5-8D18-6588C93590AB}" type="VALUE">
+                      <a:rPr lang="en-US" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[VALUE]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="en-US" dirty="0"/>
+                      <a:t>.0</a:t>
+                    </a:r>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.6600461370633254E-2"/>
+                  <c:y val="2.9633671862047066E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000008-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="4"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.5083187808479993E-2"/>
+                  <c:y val="2.3677154904851679E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000009-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="5"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.3812501067766336E-2"/>
+                  <c:y val="1.7720637947656288E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:fld id="{2DEC3E9A-2D10-42A4-A9C2-4F2BAD8FE9E8}" type="VALUE">
+                      <a:rPr lang="en-US" smtClean="0"/>
+                      <a:pPr/>
+                      <a:t>[VALUE]</a:t>
+                    </a:fld>
+                    <a:r>
+                      <a:rPr lang="en-US" dirty="0"/>
+                      <a:t>.0</a:t>
+                    </a:r>
+                  </a:p>
+                </c:rich>
+              </c:tx>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:dlblFieldTable/>
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000A-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="6"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.8117734932786626E-2"/>
+                  <c:y val="2.3677154904851679E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000B-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="7"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.5083187808479938E-2"/>
+                  <c:y val="1.7720637947656288E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000C-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="8"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.2048640684173298E-2"/>
+                  <c:y val="3.8568447297840099E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000D-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="9"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.0531367122019978E-2"/>
+                  <c:y val="3.8568447297840154E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000E-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="10"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.9014093559866769E-2"/>
+                  <c:y val="3.2611930340644711E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{0000000F-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="11"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.2048640684173409E-2"/>
+                  <c:y val="2.6655413383449372E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000010-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="12"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.3565914246326614E-2"/>
+                  <c:y val="3.261193034064476E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000011-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="13"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.2776931994006886E-2"/>
+                  <c:y val="2.9633671862046958E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000012-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="14"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.2776931994006886E-2"/>
+                  <c:y val="3.8568447297840154E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000013-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="15"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.9742384869700361E-2"/>
+                  <c:y val="3.8568447297840154E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000014-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="16"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.7019269493709705E-2"/>
+                  <c:y val="4.1546705776437848E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000015-418B-465F-9FA1-4ED1524412D0}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="17"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-8.7012652030513359E-3"/>
+                  <c:y val="4.1546705776437792E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-D717-4324-BC77-6CCA14D7E14B}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="t"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=22079)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=18990)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=21137)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=24794)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=21879)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=21330)</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=22167)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=20170)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=20026)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=20437)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=20381)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=20685)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=20635)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=18444)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=19770)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=19749)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=20198)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=20143)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$2:$E$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>21.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>19.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>18.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>18.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>16.8</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>15.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>14.5</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>11.7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>11.3</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>10.4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>10.6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-418B-465F-9FA1-4ED1524412D0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$F$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Upper 95% CI2</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=22079)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=18990)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=21137)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=24794)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=21879)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=21330)</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=22167)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=20170)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=20026)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=20437)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=20381)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=20685)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=20635)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=18444)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=19770)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=19749)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=20198)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=20143)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$F$2:$F$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>19.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>18.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>18.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>18.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17.5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>15.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>15.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>15.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>14.3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>10.6</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>10.199999999999999</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-418B-465F-9FA1-4ED1524412D0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$G$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Lower 95% CI2</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=22079)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=18990)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=21137)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=24794)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=21879)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=21330)</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=22167)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=20170)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=20026)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=20437)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=20381)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=20685)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=20635)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=18444)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=19770)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=19749)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=20198)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=20143)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$G$2:$G$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>22.1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20.5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>19.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>19.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>19.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>18.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17.3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>16.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>15.2</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>12.2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>11.7</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>11</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="896218272"/>
-        <c:axId val="1"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="896218272"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
-        <c:majorTickMark val="none"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1099" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% increasing and higher risk drinkers (3 month</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0" err="1"/>
+                  <a:t>Percent</a:t>
                 </a:r>
-                <a:r>
-[...3 lines deleted...]
-                <a:endParaRPr lang="en-GB" dirty="0"/>
+                <a:endParaRPr lang="en-GB" sz="1400" b="0" dirty="0"/>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="896218272"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
+      <c:legendEntry>
+        <c:idx val="1"/>
+        <c:delete val="1"/>
+      </c:legendEntry>
+      <c:legendEntry>
+        <c:idx val="2"/>
+        <c:delete val="1"/>
+      </c:legendEntry>
+      <c:legendEntry>
+        <c:idx val="4"/>
+        <c:delete val="1"/>
+      </c:legendEntry>
+      <c:legendEntry>
+        <c:idx val="5"/>
+        <c:delete val="1"/>
+      </c:legendEntry>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.81953096140760173"/>
-[...2 lines deleted...]
-          <c:h val="0.16230759339119508"/>
+          <c:x val="0.79352164808882664"/>
+          <c:y val="2.6999437414008648E-2"/>
+          <c:w val="0.18523652204102681"/>
+          <c:h val="0.20739278797121266"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1100"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1099" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart10.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.10136405046076739"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.818127369562245E-2"/>
+          <c:w val="0.88080286948687603"/>
+          <c:h val="0.72332776062868931"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Weight loss</c:v>
+                  <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
+          <c:spPr>
+            <a:ln w="22225">
+              <a:solidFill>
+                <a:srgbClr val="24257E"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>2007 (N=1158)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>2008 (N=4051)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>2009 (N=2241)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>2010 (N=2171)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>2011 (N=4496)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>2012 (N=4236)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>2013 (N=4120)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>2014 (N=3556)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>2015 (N=3618)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>2016 (N=3517)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>2017 (N=3333)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>2018 (N=3371)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>2019 (N=3002)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>2020 (N=2423)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>2021 (N=2598)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>2022 (N=2463)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>2023 (N=2440)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>2024 (N=2303)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$116</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>20.34</c:v>
+                  <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>16.78</c:v>
+                  <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>18.7</c:v>
+                  <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>20.5</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>21.3</c:v>
+                  <c:v>21.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>21.1</c:v>
+                  <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>22.5</c:v>
+                  <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>21.9</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>22.3</c:v>
+                  <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>22.2</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>23.9</c:v>
+                  <c:v>23.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>25.4</c:v>
+                  <c:v>23.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>25</c:v>
+                  <c:v>26.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>25.2</c:v>
+                  <c:v>26.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>27.6</c:v>
+                  <c:v>26.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>28.1</c:v>
-                </c:pt>
-[...292 lines deleted...]
-                  <c:v>30.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-0A92-4679-A989-67DDC1EC1946}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="1"/>
+          <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Future health concern</c:v>
+                  <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="156BB5"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>2007 (N=1158)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>2008 (N=4051)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>2009 (N=2241)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>2010 (N=2171)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>2011 (N=4496)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>2012 (N=4236)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>2013 (N=4120)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>2014 (N=3556)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>2015 (N=3618)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>2016 (N=3517)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>2017 (N=3333)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>2018 (N=3371)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>2019 (N=3002)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>2020 (N=2423)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>2021 (N=2598)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>2022 (N=2463)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>2023 (N=2440)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>2024 (N=2303)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$116</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>14.149999999999999</c:v>
+                  <c:v>17.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>20.75</c:v>
+                  <c:v>20.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>17.5</c:v>
+                  <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>16.899999999999999</c:v>
+                  <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>15</c:v>
+                  <c:v>21.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>17.5</c:v>
+                  <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>25.3</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>24.8</c:v>
+                  <c:v>21.1</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>25.3</c:v>
+                  <c:v>21.8</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>23</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>21.4</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>19.899999999999999</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>18.100000000000001</c:v>
+                  <c:v>24.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>18.899999999999999</c:v>
+                  <c:v>26.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>20.7</c:v>
+                  <c:v>26.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>23.7</c:v>
+                  <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>22.6</c:v>
+                  <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>23.4</c:v>
-[...287 lines deleted...]
-                  <c:v>37</c:v>
+                  <c:v>26.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-0A92-4679-A989-67DDC1EC1946}"/>
+              <c16:uniqueId val="{00000000-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="2"/>
+          <c:idx val="4"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Fitness</c:v>
+                  <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="E50078"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41791</c:v>
+                  <c:v>2007 (N=1158)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41821</c:v>
+                  <c:v>2008 (N=4051)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41852</c:v>
+                  <c:v>2009 (N=2241)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41883</c:v>
+                  <c:v>2010 (N=2171)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41913</c:v>
+                  <c:v>2011 (N=4496)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41944</c:v>
+                  <c:v>2012 (N=4236)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41974</c:v>
+                  <c:v>2013 (N=4120)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42005</c:v>
+                  <c:v>2014 (N=3556)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42036</c:v>
+                  <c:v>2015 (N=3618)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42064</c:v>
+                  <c:v>2016 (N=3517)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42095</c:v>
+                  <c:v>2017 (N=3333)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42125</c:v>
+                  <c:v>2018 (N=3371)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42156</c:v>
+                  <c:v>2019 (N=3002)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42186</c:v>
+                  <c:v>2020 (N=2423)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42217</c:v>
+                  <c:v>2021 (N=2598)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42248</c:v>
+                  <c:v>2022 (N=2463)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42278</c:v>
+                  <c:v>2023 (N=2440)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42309</c:v>
+                  <c:v>2024 (N=2303)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42339</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$116</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>26.179999999999996</c:v>
+                  <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>20.849999999999998</c:v>
+                  <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>24.9</c:v>
+                  <c:v>19.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>21.2</c:v>
+                  <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>21.8</c:v>
+                  <c:v>21.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>19.2</c:v>
+                  <c:v>20.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>22.9</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>23.5</c:v>
+                  <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>25.1</c:v>
+                  <c:v>21.6</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>24.7</c:v>
+                  <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>23.7</c:v>
                 </c:pt>
-                <c:pt idx="11">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="12">
-                  <c:v>26</c:v>
+                  <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>27</c:v>
+                  <c:v>27.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>26.7</c:v>
+                  <c:v>26.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>27.4</c:v>
+                  <c:v>26.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>27.5</c:v>
+                  <c:v>29.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>25.9</c:v>
+                  <c:v>28.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>25.3</c:v>
-[...287 lines deleted...]
-                  <c:v>33.9</c:v>
+                  <c:v>29.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-0A92-4679-A989-67DDC1EC1946}"/>
-[...5648 lines deleted...]
-              <c16:uniqueId val="{00000001-1304-4676-A672-4131B63F5BA8}"/>
+              <c16:uniqueId val="{00000001-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="1341219424"/>
-        <c:axId val="1"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="1341219424"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr anchor="ctr" anchorCtr="1"/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% of increasing and higher risk drinkers who at least one attempt to cut down in past  12 months (3 month moving average)</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>GBP</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1341219424"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="9.8621338832427408E-2"/>
-[...2 lines deleted...]
-          <c:h val="0.41373891037111882"/>
+          <c:x val="0.84623185110839227"/>
+          <c:y val="0.34249972503873494"/>
+          <c:w val="0.10218084777839491"/>
+          <c:h val="0.1919513385395793"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1049">
-[...1 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart11.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="9.4556357538641E-2"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.818127369562245E-2"/>
+          <c:w val="0.88195575845339413"/>
+          <c:h val="0.72332776062868931"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="24257E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...287 lines deleted...]
-            </c:numRef>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=1158)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4051)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=2241)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=2171)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4496)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4131)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3561)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3624)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3519)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3333)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3371)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3002)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2423)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2598)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2463)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2440)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2303)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$97</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="96"/>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>19.2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20.2</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>14.5</c:v>
+                  <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>13.7</c:v>
+                  <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>12.9</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>12.1</c:v>
+                  <c:v>21.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>12.3</c:v>
+                  <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>12.9</c:v>
+                  <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>12.6</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>12.4</c:v>
+                  <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>12.2</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>12</c:v>
+                  <c:v>23.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>11.7</c:v>
+                  <c:v>23.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>12.6</c:v>
+                  <c:v>26.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>13.1</c:v>
+                  <c:v>26.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>13.2</c:v>
+                  <c:v>26.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>12.1</c:v>
+                  <c:v>28.8</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>11.9</c:v>
+                  <c:v>28.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>12.6</c:v>
-[...230 lines deleted...]
-                  <c:v>17.7</c:v>
+                  <c:v>28.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2F47-4C1E-AEAA-853239B72F8D}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="1"/>
+          <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>A-C1</c:v>
+                  <c:v>Under 35</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="186DB6"/>
+                <a:srgbClr val="E50078"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...287 lines deleted...]
-            </c:numRef>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=1158)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4051)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=2241)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=2171)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4496)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4131)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3561)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3624)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3519)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3333)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3371)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3002)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2423)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2598)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2463)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2440)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2303)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$97</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="96"/>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>17.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>19.5</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>15.5</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>14.9</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>13.5</c:v>
+                  <c:v>19.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>12.7</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>12.5</c:v>
+                  <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>13.6</c:v>
+                  <c:v>19.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>13.6</c:v>
+                  <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>14.2</c:v>
+                  <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>13.9</c:v>
+                  <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>13.1</c:v>
+                  <c:v>19.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>12.4</c:v>
+                  <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>13.7</c:v>
+                  <c:v>23.2</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>14.9</c:v>
+                  <c:v>21.1</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>14.8</c:v>
+                  <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>13</c:v>
+                  <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>11.8</c:v>
+                  <c:v>23.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>12.8</c:v>
-[...230 lines deleted...]
-                  <c:v>18.899999999999999</c:v>
+                  <c:v>21.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2F47-4C1E-AEAA-853239B72F8D}"/>
+              <c16:uniqueId val="{00000000-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="2"/>
+          <c:idx val="4"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>C2-E</c:v>
+                  <c:v>Over 35</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="156BB5"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...287 lines deleted...]
-            </c:numRef>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=1158)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4051)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=2241)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=2171)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4496)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4131)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3561)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3624)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3519)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3333)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3371)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3002)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2423)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2598)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2463)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2440)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2303)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$97</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="96"/>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>20.7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20.8</c:v>
+                </c:pt>
                 <c:pt idx="2">
-                  <c:v>13.3</c:v>
+                  <c:v>20.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>12.3</c:v>
+                  <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>12.2</c:v>
+                  <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>11.3</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>12.1</c:v>
+                  <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>12</c:v>
+                  <c:v>23.7</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>11.4</c:v>
+                  <c:v>22.9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>10.3</c:v>
+                  <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>10.1</c:v>
+                  <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>10.7</c:v>
+                  <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>11</c:v>
+                  <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>11.2</c:v>
+                  <c:v>28.8</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>11</c:v>
+                  <c:v>30.1</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>11.3</c:v>
+                  <c:v>29.8</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>11.2</c:v>
+                  <c:v>32.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>12</c:v>
+                  <c:v>31.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>12.4</c:v>
-[...230 lines deleted...]
-                  <c:v>17.100000000000001</c:v>
+                  <c:v>32</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2F47-4C1E-AEAA-853239B72F8D}"/>
+              <c16:uniqueId val="{00000001-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="2029075439"/>
-        <c:axId val="1"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="2029075439"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1099" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% increasing and higher risk drinkers (3</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>GBP</a:t>
                 </a:r>
-                <a:r>
-[...3 lines deleted...]
-                <a:endParaRPr lang="en-GB" dirty="0"/>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="2029075439"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.86582725770389812"/>
-[...2 lines deleted...]
-          <c:h val="0.187561851477796"/>
+          <c:x val="0.80572064699889856"/>
+          <c:y val="0.40510271825885857"/>
+          <c:w val="0.15786478750942173"/>
+          <c:h val="0.19575108043947839"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1099" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
+      </a:pPr>
+      <a:endParaRPr lang="en-US"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart12.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.818127369562245E-2"/>
+          <c:w val="0.89918445948682468"/>
+          <c:h val="0.72332776062868931"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>All</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="22225">
+              <a:solidFill>
+                <a:srgbClr val="24257E"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=1158)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4051)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=2241)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=2171)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4496)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4131)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3561)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3624)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3519)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3333)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3371)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3002)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2423)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2598)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2463)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2440)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2303)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>19.2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20.2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>19.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>21.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>21.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>21.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>21.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>22.1</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>22.8</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>23.2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>23.4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>26.4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>26.3</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>28.5</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>28.1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Men</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="22225">
+              <a:solidFill>
+                <a:srgbClr val="156BB5"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=1158)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4051)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=2241)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=2171)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4496)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4131)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3561)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3624)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3519)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3333)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3371)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3002)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2423)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2598)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2463)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2440)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2303)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>19.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>19.2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>21.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>20.8</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>21.8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>21.6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>22.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>22.8</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>23.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>23.7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>27.3</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>27.4</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>26.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>28.8</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>28.2</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-A61D-4A9C-888F-175F30C1C579}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Women</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="22225">
+              <a:solidFill>
+                <a:srgbClr val="E50078"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=1158)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4051)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=2241)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=2171)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4496)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4236</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4131)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3561)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3624)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3519)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3333)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3371)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3002)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2423)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2598)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2463)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2440)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2303)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2378)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>18.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>19.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20.3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>21.5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>21.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>22.9</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>22.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>25.6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>25.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>28</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-A61D-4A9C-888F-175F30C1C579}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="122263040"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122264576"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="122264576"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="-5400000" vert="horz"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="0"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>GBP</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:overlay val="0"/>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122263040"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="r"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.84337161123819449"/>
+          <c:y val="0.25511128954605478"/>
+          <c:w val="0.11869654970797262"/>
+          <c:h val="0.1919513385395793"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
-    <c:autoTitleDeleted val="0"/>
+    <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="8.3753888402838539E-2"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.2224756738427063E-2"/>
+          <c:w val="0.89346457709822502"/>
+          <c:h val="0.57348474798362037"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>All</c:v>
+                  <c:v>North East (N=19475)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:schemeClr val="accent1">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
             </a:ln>
+            <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$128</c:f>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
               <c:numCache>
-                <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="127"/>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...323 lines deleted...]
-                  <c:v>45627</c:v>
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$128</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="126"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>26.7</c:v>
+                  <c:v>27.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>26</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>25.7</c:v>
+                  <c:v>22.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>26.8</c:v>
+                  <c:v>29.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>27.5</c:v>
+                  <c:v>24.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>26.4</c:v>
+                  <c:v>25.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>26</c:v>
+                  <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>25.8</c:v>
+                  <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>25.7</c:v>
+                  <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>25.2</c:v>
+                  <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>25.4</c:v>
+                  <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>25.9</c:v>
+                  <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>26.2</c:v>
+                  <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>25.6</c:v>
+                  <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>26.2</c:v>
+                  <c:v>15.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>26.8</c:v>
+                  <c:v>14</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>27.1</c:v>
+                  <c:v>14.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>27</c:v>
+                  <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>27.3</c:v>
-[...320 lines deleted...]
-                  <c:v>29.2</c:v>
+                  <c:v>11.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2070-4625-9F79-CCF48FE2CB3F}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Men</c:v>
+                  <c:v>North West (N=51991)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
               <a:solidFill>
-                <a:srgbClr val="186DB6"/>
+                <a:schemeClr val="accent2">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
             </a:ln>
+            <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$128</c:f>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
               <c:numCache>
-                <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="127"/>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...323 lines deleted...]
-                  <c:v>45627</c:v>
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$3:$C$128</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="126"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>36.6</c:v>
+                  <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>35.200000000000003</c:v>
+                  <c:v>27.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>33.4</c:v>
+                  <c:v>23.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>34.299999999999997</c:v>
+                  <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>35.700000000000003</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>35.5</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>34.799999999999997</c:v>
+                  <c:v>23.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>34.1</c:v>
+                  <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>33.4</c:v>
+                  <c:v>23.2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>32.5</c:v>
+                  <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>32.9</c:v>
+                  <c:v>19.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>32.9</c:v>
+                  <c:v>19.8</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>33</c:v>
+                  <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>32.6</c:v>
+                  <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>33.9</c:v>
+                  <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>35</c:v>
+                  <c:v>16.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>35.4</c:v>
+                  <c:v>13.3</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>35.6</c:v>
+                  <c:v>14.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>36.6</c:v>
-[...320 lines deleted...]
-                  <c:v>39.1</c:v>
+                  <c:v>14.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2070-4625-9F79-CCF48FE2CB3F}"/>
+              <c16:uniqueId val="{00000000-8089-4691-A4EA-E9AF2E86D2A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Women</c:v>
+                  <c:v>Yorkshire and The Humber (N=39257)</c:v>
                 </c:pt>
               </c:strCache>
-              <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart"/>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
               <a:solidFill>
-                <a:srgbClr val="002B82"/>
+                <a:srgbClr val="E50078"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
             </a:ln>
+            <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$2:$A$128</c:f>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
               <c:numCache>
-                <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="127"/>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...323 lines deleted...]
-                  <c:v>45627</c:v>
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$3:$D$128</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="126"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>17.2</c:v>
+                  <c:v>26.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>17.3</c:v>
+                  <c:v>28.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>18.3</c:v>
+                  <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>19.600000000000001</c:v>
+                  <c:v>25.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>19.5</c:v>
+                  <c:v>21.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>17.600000000000001</c:v>
+                  <c:v>20.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>17.600000000000001</c:v>
+                  <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>17.7</c:v>
+                  <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>18.3</c:v>
+                  <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>18.100000000000001</c:v>
+                  <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>18.3</c:v>
+                  <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>19.2</c:v>
+                  <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>19.7</c:v>
+                  <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>18.8</c:v>
+                  <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>18.7</c:v>
+                  <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>18.899999999999999</c:v>
+                  <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>19</c:v>
+                  <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>18.8</c:v>
+                  <c:v>13.3</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>18.399999999999999</c:v>
-[...320 lines deleted...]
-                  <c:v>19.8</c:v>
+                  <c:v>14.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2070-4625-9F79-CCF48FE2CB3F}"/>
+              <c16:uniqueId val="{00000001-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$E$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>East Midlands (N=34034)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent4">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$2:$E$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>23.4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>22.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>22.3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>18.5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>20.3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>22.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>16.3</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>19.7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>18.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>16.7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>14.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>15.4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>14.3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$F$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>West Midlands (N=40821)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="156BB5"/>
+              </a:solidFill>
+              <a:prstDash val="dash"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$F$2:$F$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>26.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>25.6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>23.1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>24.3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>22.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>21.8</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>16.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>16.5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>17.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>15.5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>17.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>16.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13.7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>13.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>16</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$G$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>East of England (N=44599)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent6">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$G$2:$G$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>21.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>22.2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20.9</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>20.3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17.2</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>17.2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>15.8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>16.5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>15.5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>15.2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14.3</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15.8</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>15.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>14.6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="6"/>
+          <c:order val="6"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>London (N=59831)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="60000"/>
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$H$2:$H$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>20.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>15.7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>17.7</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>16.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>16.7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>15.7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>17.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>14.4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13.2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>13.3</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>14.7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>15.8</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="7"/>
+          <c:order val="7"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$I$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>South East (N=63125)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$I$2:$I$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>23.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>19.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>20.8</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>18.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>19.2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>17.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>16.2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>15.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>15.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>13.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13.8</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14.6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>14.4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>15.2</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>12.7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>15.7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="8"/>
+          <c:order val="8"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$J$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>South West (N=40246)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent3">
+                  <a:lumMod val="60000"/>
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$J$2:$J$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>23.7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>19.3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>19.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>20.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>17.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>18.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>18.5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>19.7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>16.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>16.5</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>16.8</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>14.5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>16.899999999999999</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>15.4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-8089-4691-A4EA-E9AF2E86D2A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="896218272"/>
-[...1 lines deleted...]
-        <c:extLst/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="896218272"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
-[...26 lines deleted...]
-        <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1099" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                  <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
-                      <a:srgbClr val="000000"/>
+                      <a:schemeClr val="tx1"/>
                     </a:solidFill>
-                    <a:latin typeface="Corbel"/>
-[...1 lines deleted...]
-                    <a:cs typeface="Corbel"/>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% increasing and higher risk drinkers (3 month</a:t>
+                  <a:rPr lang="en-GB" sz="1200" b="0" dirty="0"/>
+                  <a:t>Regions in England</a:t>
                 </a:r>
-                <a:r>
-[...3 lines deleted...]
-                <a:endParaRPr lang="en-GB" dirty="0"/>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
-              <c:x val="6.5253475260036936E-3"/>
-              <c:y val="0.12001559005577157"/>
+              <c:x val="0.44699404810617371"/>
+              <c:y val="0.69445101324649872"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </c:txPr>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:tint val="75000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="105000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="896218272"/>
+        <c:crossAx val="122264576"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="122264576"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="30"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>Percent</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:layout>
+            <c:manualLayout>
+              <c:xMode val="edge"/>
+              <c:yMode val="edge"/>
+              <c:x val="0"/>
+              <c:y val="0.23624484286403408"/>
+            </c:manualLayout>
+          </c:layout>
+          <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </c:txPr>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:tint val="75000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="105000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25368">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
-      <c:legendPos val="r"/>
+      <c:legendPos val="b"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.81953096140760173"/>
-[...2 lines deleted...]
-          <c:h val="0.16230759339119508"/>
+          <c:x val="0"/>
+          <c:y val="0.75497244264592756"/>
+          <c:w val="1"/>
+          <c:h val="0.21290716912733287"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:prstDash val="solid"/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1099" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId1">
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.2224756738427063E-2"/>
+          <c:w val="0.89346457709822502"/>
+          <c:h val="0.57348474798362037"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>North East (N=4585)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>13.1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>North West (N=11766)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent2">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3.3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7.3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5.5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>10.199999999999999</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>7.2</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>12.6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Yorkshire and The Humber (N=8938)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="E50078"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>8.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6.8</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>7.5</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>12.6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>12.8</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>11.1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$E$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>East Midlands (N=7269)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent4">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$2:$E$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2.8</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>9.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5.9</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>4.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>6.8</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5.4</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3.4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>8.4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$F$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>West Midlands (N=8591)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="156BB5"/>
+              </a:solidFill>
+              <a:prstDash val="dash"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$F$2:$F$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>6.6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6.1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7.4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2.6</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>8.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>8.1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>9.9</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>9</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$G$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>East of England (N=8877)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent6">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$G$2:$G$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>6.3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3.7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3.8</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>8</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="6"/>
+          <c:order val="6"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>London (N=11144)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="60000"/>
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$H$2:$H$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4.4000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>3.9</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3.7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5.5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>3.7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>9.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>6.9</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="7"/>
+          <c:order val="7"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$I$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>South East (N=12045)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$I$2:$I$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>6.4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5.3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3.6</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>12.3</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>8.4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="8"/>
+          <c:order val="8"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$J$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>South West (N=8341)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent3">
+                  <a:lumMod val="60000"/>
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$J$2:$J$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4.7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7.6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>10.1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>7.8</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>6.8</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>7.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>7.7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>10.5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="122263040"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1200" b="0" dirty="0"/>
+                  <a:t>Regions in England</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:layout>
+            <c:manualLayout>
+              <c:xMode val="edge"/>
+              <c:yMode val="edge"/>
+              <c:x val="0.44699404810617371"/>
+              <c:y val="0.69445101324649872"/>
+            </c:manualLayout>
+          </c:layout>
+          <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </c:txPr>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:tint val="75000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="105000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122264576"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="122264576"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="30"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>Percent</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:layout>
+            <c:manualLayout>
+              <c:xMode val="edge"/>
+              <c:yMode val="edge"/>
+              <c:x val="0"/>
+              <c:y val="0.23624484286403408"/>
+            </c:manualLayout>
+          </c:layout>
+          <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </c:txPr>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:tint val="75000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="105000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122263040"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0"/>
+          <c:y val="0.75497244264592756"/>
+          <c:w val="1"/>
+          <c:h val="0.21290716912733287"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:prstDash val="solid"/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1800"/>
+      </a:pPr>
+      <a:endParaRPr lang="en-US"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.2224756738427063E-2"/>
+          <c:w val="0.89346457709822502"/>
+          <c:h val="0.57348474798362037"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>North East (N=4509)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>45.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>43.7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>38.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>30.3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>38.4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>41.5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>27.3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>29.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>36.4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>33.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>41.6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>37.9</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>35.5</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>46.5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>North West (N=11487)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent2">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>43.2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>37.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>34.9</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>34.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>33.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>41.2</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>41.1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>34.6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>29.4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>33.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>31.7</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>23.2</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>36.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>36.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>35.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>34.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>33.9</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Yorkshire and The Humber (N=8831)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="E50078"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>42.8</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>37.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>36.9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>32.9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>37.9</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>37.1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>29.6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>32.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>30.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>32.1</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>40.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>39.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>34.299999999999997</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$E$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>East Midlands (N=7120)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent4">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="sysDot"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$E$2:$E$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>37.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>43.9</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>40.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>35.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>35.6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>36.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>36.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>29.7</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>23.3</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>23.3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>21.1</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>39.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>33.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>41.1</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>34.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>31.8</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$F$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>West Midlands (N=8385)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="156BB5"/>
+              </a:solidFill>
+              <a:prstDash val="dash"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$F$2:$F$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>45.7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>40.4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>39.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>37.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>35.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>37.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>36.1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>34.1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>28.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>26.7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>21.2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>23.7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>39.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>38.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>37.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>34.6</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>41.7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>38.5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$G$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>East of England (N=8686)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent6">
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="sysDash"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$G$2:$G$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>37.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>41.6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>36.6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>36.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>32.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42.8</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>40.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>39.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>38.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>38.6</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>38.6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>31.2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>34.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>38.4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>35.4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>33.1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="6"/>
+          <c:order val="6"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$H$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>London (N=10686)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="60000"/>
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$H$2:$H$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>47.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>34.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>34.6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>37.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>37.4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>33.5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>30.1</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>37.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>34.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>40.1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>39.4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>35.4</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>39.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>36.200000000000003</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="7"/>
+          <c:order val="7"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$I$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>South East (N=11824)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$I$2:$I$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>41.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>39.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>34.4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>28.9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>33.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>35.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>35.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>30.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>35.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>26.1</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>37.5</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>32.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>36.5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>33</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="8"/>
+          <c:order val="8"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$J$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>South West (N=8162)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="accent3">
+                  <a:lumMod val="60000"/>
+                  <a:shade val="95000"/>
+                  <a:satMod val="105000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:numRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$J$2:$J$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>41.3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>41.1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>36.1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>34.4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>36.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>32.6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>37.9</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>36.9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>33.700000000000003</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>31.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>29.8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>31.8</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>35.9</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>39.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>34.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>31.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>35.1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>37.799999999999997</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-8089-4691-A4EA-E9AF2E86D2A0}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="122263040"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1200" b="0" dirty="0"/>
+                  <a:t>Regions in England</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:layout>
+            <c:manualLayout>
+              <c:xMode val="edge"/>
+              <c:yMode val="edge"/>
+              <c:x val="0.44699404810617371"/>
+              <c:y val="0.69445101324649872"/>
+            </c:manualLayout>
+          </c:layout>
+          <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </c:txPr>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:tint val="75000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="105000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122264576"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="122264576"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="50"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>Percent</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:layout>
+            <c:manualLayout>
+              <c:xMode val="edge"/>
+              <c:yMode val="edge"/>
+              <c:x val="0"/>
+              <c:y val="0.23624484286403408"/>
+            </c:manualLayout>
+          </c:layout>
+          <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </c:txPr>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:tint val="75000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="105000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="122263040"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0"/>
+          <c:y val="0.75497244264592756"/>
+          <c:w val="1"/>
+          <c:h val="0.21290716912733287"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:prstDash val="solid"/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1800"/>
+      </a:pPr>
+      <a:endParaRPr lang="en-US"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.11616123547886534"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.2224756738427063E-2"/>
+          <c:w val="0.89346457709822502"/>
+          <c:h val="0.65730586738026053"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>All</c:v>
+                  <c:v>Value</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="9900CC"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="14"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.900083234999272E-2"/>
+                  <c:y val="-6.9542335475256178E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-7AFA-44E7-B935-4C8840FE4907}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="15"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.7139484153272348E-2"/>
+                  <c:y val="-5.7629301560865411E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-1160-4290-A9D1-6B2CF80421B7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="16"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.9427911406038296E-2"/>
+                  <c:y val="-4.5716267646474622E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-03BE-4756-81B1-4E5F1D486D69}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="17"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.3874000824584421E-2"/>
+                  <c:y val="-3.886627314569998E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-9E76-4419-B23A-7ADBC4EE89AE}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="18"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.3260015170346215E-3"/>
+                  <c:y val="-3.2909756188504585E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-FDDF-4C84-9D39-D42F1B189B71}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="t"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007 (N=777)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008 (N=4138)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009 (N=4513)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010 (N=5243)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013 (N=4061)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014 (N=3524)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015 (N=3612)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016 (N=3536)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017 (N=3353)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018 (N=3416)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019 (N=3073)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020 (N=2573)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021 (N=2713)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022 (N=2625)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023 (N=2683)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024 (N=2667)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2859)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$5:$B$119</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>22.4</c:v>
+                  <c:v>32.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>22.3</c:v>
+                  <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>22.1</c:v>
+                  <c:v>37.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>20.2</c:v>
+                  <c:v>39.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>19.7</c:v>
+                  <c:v>38.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>19.3</c:v>
+                  <c:v>41.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>20</c:v>
+                  <c:v>47.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>18.8</c:v>
+                  <c:v>46.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>20.399999999999999</c:v>
+                  <c:v>47.9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>20.8</c:v>
+                  <c:v>48.5</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>21.8</c:v>
+                  <c:v>51.1</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>19.8</c:v>
+                  <c:v>50.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>19.3</c:v>
-[...2 lines deleted...]
-                  <c:v>18.3</c:v>
+                  <c:v>51.1</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.0">
+                  <c:v>51.8</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>19.399999999999999</c:v>
+                  <c:v>53.5</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>18.600000000000001</c:v>
+                  <c:v>57.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>21.2</c:v>
+                  <c:v>55.3</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>21</c:v>
+                  <c:v>54.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>22.9</c:v>
-[...287 lines deleted...]
-                  <c:v>26.5</c:v>
+                  <c:v>53.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-79BC-460F-8AD1-9257B680333A}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>A-C1</c:v>
+                  <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="186DB6"/>
+                <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007 (N=777)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008 (N=4138)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009 (N=4513)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010 (N=5243)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013 (N=4061)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014 (N=3524)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015 (N=3612)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016 (N=3536)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017 (N=3353)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018 (N=3416)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019 (N=3073)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020 (N=2573)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021 (N=2713)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022 (N=2625)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023 (N=2683)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024 (N=2667)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2859)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$5:$C$119</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>25.6</c:v>
+                  <c:v>28.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>25.5</c:v>
+                  <c:v>33.9</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>24.7</c:v>
+                  <c:v>36.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>22.9</c:v>
+                  <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>22.2</c:v>
+                  <c:v>37.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>22.1</c:v>
+                  <c:v>40.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>23.1</c:v>
+                  <c:v>46.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>22.2</c:v>
+                  <c:v>44.7</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>24</c:v>
+                  <c:v>46.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>23.4</c:v>
+                  <c:v>46.9</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>22.9</c:v>
+                  <c:v>49.4</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>20.3</c:v>
+                  <c:v>49.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>20.8</c:v>
-[...2 lines deleted...]
-                  <c:v>20.9</c:v>
+                  <c:v>49.3</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.0">
+                  <c:v>49.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>22</c:v>
+                  <c:v>51.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>20.2</c:v>
+                  <c:v>55.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>22.9</c:v>
+                  <c:v>53.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>22.3</c:v>
+                  <c:v>52.6</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>24.5</c:v>
-[...287 lines deleted...]
-                  <c:v>28.5</c:v>
+                  <c:v>51.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-79BC-460F-8AD1-9257B680333A}"/>
+              <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>C2-E</c:v>
+                  <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007 (N=777)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008 (N=4138)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009 (N=4513)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010 (N=5243)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013 (N=4061)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014 (N=3524)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015 (N=3612)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016 (N=3536)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017 (N=3353)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018 (N=3416)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019 (N=3073)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020 (N=2573)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021 (N=2713)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022 (N=2625)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023 (N=2683)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024 (N=2667)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2859)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$5:$D$119</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>17.5</c:v>
+                  <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>17.600000000000001</c:v>
+                  <c:v>36.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>18.399999999999999</c:v>
+                  <c:v>39.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>16.3</c:v>
+                  <c:v>40.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>16.2</c:v>
+                  <c:v>40.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>15</c:v>
+                  <c:v>43.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>14.9</c:v>
+                  <c:v>49.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>13</c:v>
+                  <c:v>48</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>14.3</c:v>
+                  <c:v>49.5</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>16.399999999999999</c:v>
+                  <c:v>50.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>19.8</c:v>
+                  <c:v>52.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>18.8</c:v>
+                  <c:v>52.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>16.8</c:v>
-[...2 lines deleted...]
-                  <c:v>14.1</c:v>
+                  <c:v>52.8</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.0">
+                  <c:v>53.8</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>15.4</c:v>
+                  <c:v>55.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>16.399999999999999</c:v>
+                  <c:v>59.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>18.399999999999999</c:v>
+                  <c:v>57.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>18.7</c:v>
+                  <c:v>56.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>20.2</c:v>
-[...287 lines deleted...]
-                  <c:v>25.3</c:v>
+                  <c:v>55.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-79BC-460F-8AD1-9257B680333A}"/>
+              <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="792902575"/>
-        <c:axId val="1"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="792902575"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="40"/>
+          <c:max val="100"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% of increasing and higher risk drinkers currently trying to restrict consumption (3 month moving average)</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0" err="1"/>
+                  <a:t>Percent</a:t>
                 </a:r>
+                <a:endParaRPr lang="en-GB" sz="1400" b="0" dirty="0"/>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="792902575"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
-      <c:spPr>
-[...3319 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.11616123547886534"/>
-[...2 lines deleted...]
-          <c:h val="0.79072472826697282"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.2224756738427063E-2"/>
+          <c:w val="0.89346457709822502"/>
+          <c:h val="0.65730586738026053"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>All: A-E</c:v>
+                  <c:v>Value</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="9900CC"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="14"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.900083234999272E-2"/>
+                  <c:y val="-6.9542335475256178E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-7AFA-44E7-B935-4C8840FE4907}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="15"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.562221059111925E-2"/>
+                  <c:y val="-5.1672784603670023E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-1160-4290-A9D1-6B2CF80421B7}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="16"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.8989390673689658E-2"/>
+                  <c:y val="-8.0561891846067657E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-83B5-444F-86F5-A5320D338A6A}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1400"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="t"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="112"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41852</c:v>
+                  <c:v>2007 (N=5332)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41883</c:v>
+                  <c:v>2008 (N=4183)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41913</c:v>
+                  <c:v>2009 (N=4553)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41944</c:v>
+                  <c:v>2010 (N=5295)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41974</c:v>
+                  <c:v>2011 (N=4539)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>42005</c:v>
+                  <c:v>2012 (N=4274)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>42036</c:v>
+                  <c:v>2013 (N=4262)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42064</c:v>
+                  <c:v>2014 (N=3735)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42095</c:v>
+                  <c:v>2015 (N=3744)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42125</c:v>
+                  <c:v>2016 (N=3677)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42156</c:v>
+                  <c:v>2017 (N=3502)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42186</c:v>
+                  <c:v>2018 (N=3562)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42217</c:v>
+                  <c:v>2019 (N=3188)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42248</c:v>
+                  <c:v>2020 (N=2725)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42278</c:v>
+                  <c:v>2021 (N=2922)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42309</c:v>
+                  <c:v>2022 (N=2930)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42339</c:v>
+                  <c:v>2023 (N=2954)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42370</c:v>
+                  <c:v>2024 (N=2869)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42401</c:v>
-[...281 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=3077)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$113</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="112"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>12.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>12.3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>20.9</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>22.8</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
                   <c:v>24.5</c:v>
                 </c:pt>
-                <c:pt idx="1">
-[...46 lines deleted...]
-                </c:pt>
                 <c:pt idx="17">
-                  <c:v>29.4</c:v>
+                  <c:v>27.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>28.3</c:v>
-[...278 lines deleted...]
-                  <c:v>37</c:v>
+                  <c:v>29.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1B18-4E1D-B88A-98A7754B185F}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>All: A-C1</c:v>
+                  <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="186DB6"/>
+                <a:srgbClr val="CC99FF"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="112"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41852</c:v>
+                  <c:v>2007 (N=5332)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41883</c:v>
+                  <c:v>2008 (N=4183)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41913</c:v>
+                  <c:v>2009 (N=4553)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41944</c:v>
+                  <c:v>2010 (N=5295)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41974</c:v>
+                  <c:v>2011 (N=4539)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>42005</c:v>
+                  <c:v>2012 (N=4274)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>42036</c:v>
+                  <c:v>2013 (N=4262)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42064</c:v>
+                  <c:v>2014 (N=3735)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42095</c:v>
+                  <c:v>2015 (N=3744)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42125</c:v>
+                  <c:v>2016 (N=3677)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42156</c:v>
+                  <c:v>2017 (N=3502)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42186</c:v>
+                  <c:v>2018 (N=3562)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42217</c:v>
+                  <c:v>2019 (N=3188)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42248</c:v>
+                  <c:v>2020 (N=2725)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42278</c:v>
+                  <c:v>2021 (N=2922)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42309</c:v>
+                  <c:v>2022 (N=2930)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42339</c:v>
+                  <c:v>2023 (N=2954)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42370</c:v>
+                  <c:v>2024 (N=2869)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42401</c:v>
-[...281 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=3077)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$113</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="112"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>28.5</c:v>
+                  <c:v>10.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>28.2</c:v>
+                  <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>27</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>26.9</c:v>
+                  <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>8.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>9.1999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>10.5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>11.3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>14.9</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>19.399999999999999</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>21.3</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>22.4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="17">
                   <c:v>25.6</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...37 lines deleted...]
-                </c:pt>
                 <c:pt idx="18">
-                  <c:v>33.9</c:v>
-[...278 lines deleted...]
-                  <c:v>37.200000000000003</c:v>
+                  <c:v>28.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1B18-4E1D-B88A-98A7754B185F}"/>
+              <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>All: C2-E</c:v>
+                  <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="CC99FF"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="112"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41852</c:v>
+                  <c:v>2007 (N=5332)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41883</c:v>
+                  <c:v>2008 (N=4183)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41913</c:v>
+                  <c:v>2009 (N=4553)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41944</c:v>
+                  <c:v>2010 (N=5295)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41974</c:v>
+                  <c:v>2011 (N=4539)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>42005</c:v>
+                  <c:v>2012 (N=4274)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>42036</c:v>
+                  <c:v>2013 (N=4262)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42064</c:v>
+                  <c:v>2014 (N=3735)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42095</c:v>
+                  <c:v>2015 (N=3744)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42125</c:v>
+                  <c:v>2016 (N=3677)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42156</c:v>
+                  <c:v>2017 (N=3502)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42186</c:v>
+                  <c:v>2018 (N=3562)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42217</c:v>
+                  <c:v>2019 (N=3188)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42248</c:v>
+                  <c:v>2020 (N=2725)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42278</c:v>
+                  <c:v>2021 (N=2922)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42309</c:v>
+                  <c:v>2022 (N=2930)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42339</c:v>
+                  <c:v>2023 (N=2954)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42370</c:v>
+                  <c:v>2024 (N=2869)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42401</c:v>
-[...281 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=3077)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$113</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="112"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>18.7</c:v>
+                  <c:v>11.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>17.100000000000001</c:v>
+                  <c:v>10.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>16</c:v>
+                  <c:v>12.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>15.8</c:v>
+                  <c:v>12.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>14.6</c:v>
+                  <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>15.4</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>18.7</c:v>
+                  <c:v>13.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>23</c:v>
+                  <c:v>12.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>22.9</c:v>
+                  <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>21.2</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>18.5</c:v>
+                  <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>20</c:v>
+                  <c:v>17.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>20.6</c:v>
+                  <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>21.7</c:v>
+                  <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>21.5</c:v>
+                  <c:v>24.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>22.9</c:v>
+                  <c:v>25.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>21</c:v>
+                  <c:v>26.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>21.4</c:v>
+                  <c:v>28.9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>19.600000000000001</c:v>
-[...190 lines deleted...]
-                <c:pt idx="82">
                   <c:v>31.3</c:v>
-                </c:pt>
-[...85 lines deleted...]
-                  <c:v>36.700000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1B18-4E1D-B88A-98A7754B185F}"/>
+              <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="32777344"/>
-[...1 lines deleted...]
-        <c:extLst/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="32777344"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="32779264"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...2 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="32779264"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
+          <c:max val="50"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr/>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% of increasing and higher risk drinkers who made attempt to cut down</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0" err="1"/>
+                  <a:t>Percent</a:t>
                 </a:r>
-                <a:r>
-[...11 lines deleted...]
-                <a:endParaRPr lang="en-GB" dirty="0"/>
+                <a:endParaRPr lang="en-GB" sz="1400" b="0" dirty="0"/>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="32777344"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
-    <c:legend>
-[...12 lines deleted...]
-    </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId2">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.11616123547886534"/>
-[...2 lines deleted...]
-          <c:h val="0.79072472826697282"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.818127369562245E-2"/>
+          <c:w val="0.88282084332454003"/>
+          <c:h val="0.72332776062868931"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Serious: A-E</c:v>
+                  <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="24257E"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$116</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>13.4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>13.1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>12.8</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>12.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>11.8</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>11.3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>11.2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>10.6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>10.4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>10.5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>10.7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>9.6999999999999993</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>10</c:v>
-                </c:pt>
-[...340 lines deleted...]
-                  <c:v>13.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1B18-4E1D-B88A-98A7754B185F}"/>
+              <c16:uniqueId val="{00000000-BF1E-4DFA-95F4-543D85CE2C2F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="1"/>
+          <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Serious: A-C1</c:v>
+                  <c:v>ABC1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="186DB6"/>
+                <a:srgbClr val="E50078"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$116</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>11.3</c:v>
+                  <c:v>12.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>12.2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>10.4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>10.4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
                   <c:v>9.5</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="10">
+                  <c:v>9.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>9.4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>9.6</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>9.1</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>8</c:v>
-                </c:pt>
-[...334 lines deleted...]
-                  <c:v>13.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1B18-4E1D-B88A-98A7754B185F}"/>
+              <c16:uniqueId val="{00000000-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="2"/>
+          <c:idx val="4"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Serious: C2-E</c:v>
+                  <c:v>C2DE</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="156BB5"/>
               </a:solidFill>
-              <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="115"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41760</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41791</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41821</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41852</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41883</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41913</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>41944</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>41974</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42005</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42036</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42064</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42095</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42125</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42156</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42186</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42217</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42248</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42278</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42309</c:v>
-[...290 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$116</c:f>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="115"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>8.1</c:v>
+                  <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>6.1</c:v>
+                  <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>4.7</c:v>
+                  <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>3.9</c:v>
+                  <c:v>13.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3.4</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3.1</c:v>
+                  <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3.3</c:v>
+                  <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3.4</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>4.7</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>5.8</c:v>
+                  <c:v>12.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>8.4</c:v>
+                  <c:v>11.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>6.9</c:v>
+                  <c:v>11.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>7</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>5.4</c:v>
+                  <c:v>11.6</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>5.6</c:v>
+                  <c:v>11.2</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>5.5</c:v>
+                  <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>6.1</c:v>
+                  <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>5.8</c:v>
+                  <c:v>10.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>5.6</c:v>
-[...274 lines deleted...]
-                <c:pt idx="110">
                   <c:v>11.4</c:v>
-                </c:pt>
-[...10 lines deleted...]
-                  <c:v>13.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1B18-4E1D-B88A-98A7754B185F}"/>
+              <c16:uniqueId val="{00000001-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="32777344"/>
-        <c:axId val="32779264"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="32777344"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="32779264"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="32779264"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
+          <c:max val="20"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr/>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-[...8 lines deleted...]
-                  <a:t> previous 12 months (3 month moving average)</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>No. of cigarettes consumed</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="32777344"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.83463791751513827"/>
-[...2 lines deleted...]
-          <c:h val="0.15734883382829246"/>
+          <c:x val="0.84218073069744281"/>
+          <c:y val="1.1972599083962733E-2"/>
+          <c:w val="0.12292197737303077"/>
+          <c:h val="0.15107720326051299"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId2">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.11616123547886534"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.818127369562245E-2"/>
+          <c:w val="0.8834730320155475"/>
+          <c:h val="0.72332776062868931"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Any attempt</c:v>
+                  <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="24257E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="112"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41852</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41883</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41913</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41944</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41974</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>42005</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>42036</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42064</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42095</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42125</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42156</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42186</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42217</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42248</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42278</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42309</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42339</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42370</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42401</c:v>
-[...281 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$113</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="112"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>6.9</c:v>
+                  <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>5.8</c:v>
+                  <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>5.4</c:v>
+                  <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>5.9</c:v>
+                  <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>6.8</c:v>
+                  <c:v>12.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>7.8</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>6.3</c:v>
+                  <c:v>11.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>6.1</c:v>
+                  <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>5.9</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>4.5</c:v>
+                  <c:v>11.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>5.4</c:v>
+                  <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>6.4</c:v>
+                  <c:v>10.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>8.6</c:v>
+                  <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>8</c:v>
+                  <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>6.9</c:v>
+                  <c:v>10.5</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>7</c:v>
+                  <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>6.7</c:v>
+                  <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>6.4</c:v>
+                  <c:v>9.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>4.8</c:v>
-[...160 lines deleted...]
-                <c:pt idx="72">
                   <c:v>10</c:v>
-                </c:pt>
-[...115 lines deleted...]
-                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1B38-4E12-9876-876210AFBBA9}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
-          <c:idx val="1"/>
+          <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Serious attempt</c:v>
+                  <c:v>Under 35</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="E50078"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="112"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>41852</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>41883</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>41913</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>41944</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>41974</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>42005</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>42036</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>42064</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>42095</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>42125</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>42156</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>42186</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>42217</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>42248</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>42278</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>42309</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>42339</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>42370</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42401</c:v>
-[...281 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$113</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="112"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>8.4</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>5.9</c:v>
+                  <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>7.8</c:v>
+                  <c:v>11.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>9.6</c:v>
+                  <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10.4</c:v>
+                  <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>11.3</c:v>
+                  <c:v>10.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>12.7</c:v>
+                  <c:v>9.8000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>15.8</c:v>
+                  <c:v>9.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>10.7</c:v>
+                  <c:v>9.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>15.7</c:v>
+                  <c:v>9.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>11.5</c:v>
+                  <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>16.8</c:v>
+                  <c:v>9.1</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>11.9</c:v>
+                  <c:v>9.6</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>16.100000000000001</c:v>
+                  <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>14.4</c:v>
+                  <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>15</c:v>
+                  <c:v>8.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>10.9</c:v>
+                  <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>10.1</c:v>
-[...278 lines deleted...]
-                  <c:v>13</c:v>
+                  <c:v>7.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1B38-4E12-9876-876210AFBBA9}"/>
+              <c16:uniqueId val="{00000000-A61D-4A9C-888F-175F30C1C579}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Over 35</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="22225">
+              <a:solidFill>
+                <a:srgbClr val="156BB5"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=5309)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4156)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=4527)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=5249)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4472)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4225)</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4196)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3646)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3684)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3614)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3434)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3499)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3130)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2634)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2793)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2744)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2778)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2737)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>14.8</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>14.6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>14.4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>14.1</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>13.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>13.2</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>12.9</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>12.6</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>12.4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>12.2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>11.6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>12.1</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>11.1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>11.6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="545062624"/>
-        <c:axId val="1"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="545062624"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="50"/>
+          <c:max val="20"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-[...8 lines deleted...]
-                  <a:t>higher risk drinkers making attempts to cut down in past 12 months who used  support (3 month moving average)</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>No. of cigarettes consumed</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="545062624"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.12310938563235149"/>
-[...2 lines deleted...]
-          <c:h val="0.11901909052283459"/>
+          <c:x val="0.82766018376691719"/>
+          <c:y val="1.9593188652506882E-3"/>
+          <c:w val="0.13289070361709654"/>
+          <c:h val="0.1919513385395793"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.11616123547886534"/>
-[...2 lines deleted...]
-          <c:h val="0.84192215816394278"/>
+          <c:x val="8.9845413718088421E-2"/>
+          <c:y val="3.818127369562245E-2"/>
+          <c:w val="0.89008081811390471"/>
+          <c:h val="0.72332776062868931"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
-          <c:idx val="2"/>
+          <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Any attempt</c:v>
+                  <c:v>All</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="E6007E"/>
+                <a:srgbClr val="24257E"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="40"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>44075</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>44105</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>44136</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>44166</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>44197</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>44228</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>44256</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>44287</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>44317</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>44348</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>44378</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>44409</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>44440</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>44470</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>44501</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>44531</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>44562</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>44593</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>44621</c:v>
-[...65 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$41</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="40"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>26.7</c:v>
+                  <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>25.3</c:v>
+                  <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>23.3</c:v>
+                  <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>23.9</c:v>
+                  <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>25.1</c:v>
+                  <c:v>12.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>25.1</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>23.9</c:v>
+                  <c:v>11.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>23.6</c:v>
+                  <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>23.6</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>26</c:v>
+                  <c:v>11.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>27.9</c:v>
+                  <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>30</c:v>
+                  <c:v>10.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>31</c:v>
+                  <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>31.5</c:v>
+                  <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>31</c:v>
+                  <c:v>10.5</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>30.7</c:v>
+                  <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>29.4</c:v>
+                  <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>27.7</c:v>
+                  <c:v>9.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>25.8</c:v>
-[...62 lines deleted...]
-                  <c:v>36.9</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-A2E1-4611-AC79-CF1976BD39B3}"/>
+              <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Serious attempt</c:v>
+                  <c:v>Men</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:ln>
+            <a:ln w="22225">
               <a:solidFill>
-                <a:srgbClr val="2E2F86"/>
+                <a:srgbClr val="E50078"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
-            <c:numRef>
-[...3 lines deleted...]
-                <c:ptCount val="40"/>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>44075</c:v>
+                  <c:v>2007 (N=5309)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>44105</c:v>
+                  <c:v>2008 (N=4156)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>44136</c:v>
+                  <c:v>2009 (N=4527)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>44166</c:v>
+                  <c:v>2010 (N=5249)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>44197</c:v>
+                  <c:v>2011 (N=4472)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>44228</c:v>
+                  <c:v>2012 (N=4225)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>44256</c:v>
+                  <c:v>2013 (N=4196)</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>44287</c:v>
+                  <c:v>2014 (N=3646)</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>44317</c:v>
+                  <c:v>2015 (N=3684)</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>44348</c:v>
+                  <c:v>2016 (N=3614)</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>44378</c:v>
+                  <c:v>2017 (N=3434)</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>44409</c:v>
+                  <c:v>2018 (N=3499)</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>44440</c:v>
+                  <c:v>2019 (N=3130)</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>44470</c:v>
+                  <c:v>2020 (N=2634)</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>44501</c:v>
+                  <c:v>2021 (N=2793)</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>44531</c:v>
+                  <c:v>2022 (N=2744)</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>44562</c:v>
+                  <c:v>2023 (N=2778)</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>44593</c:v>
+                  <c:v>2024 (N=2737)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>44621</c:v>
-[...65 lines deleted...]
-            </c:numRef>
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$41</c:f>
+              <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="40"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
-                  <c:v>31.4</c:v>
+                  <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>32.9</c:v>
+                  <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>31.3</c:v>
+                  <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>38.700000000000003</c:v>
+                  <c:v>13.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>37.200000000000003</c:v>
+                  <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>39.700000000000003</c:v>
+                  <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>32.200000000000003</c:v>
+                  <c:v>12.4</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>31.8</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>30.3</c:v>
+                  <c:v>11.6</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>33.799999999999997</c:v>
+                  <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>33.5</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>33.4</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>33.5</c:v>
+                  <c:v>10.8</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>35.5</c:v>
+                  <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>35.700000000000003</c:v>
+                  <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>35.5</c:v>
+                  <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>35.4</c:v>
+                  <c:v>11.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>34</c:v>
+                  <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>34.700000000000003</c:v>
-[...62 lines deleted...]
-                  <c:v>39.4</c:v>
+                  <c:v>10.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-A2E1-4611-AC79-CF1976BD39B3}"/>
+              <c16:uniqueId val="{00000000-A61D-4A9C-888F-175F30C1C579}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$D$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Women</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="22225">
+              <a:solidFill>
+                <a:srgbClr val="156BB5"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:strCache>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>2007 (N=5309)</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2008 (N=4156)</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2009 (N=4527)</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2010 (N=5249)</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2011 (N=4472)</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2012 (N=4225)</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2013 (N=4196)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2014 (N=3646)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2015 (N=3684)</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2016 (N=3614)</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2017 (N=3434)</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2018 (N=3499)</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2019 (N=3130)</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2020 (N=2634)</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2021 (N=2793)</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2022 (N=2744)</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2023 (N=2778)</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2024 (N=2737)</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025 (N=2910)</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="19"/>
+                <c:pt idx="0">
+                  <c:v>12.6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>12.6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>12.4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>11.9</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>11.5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>11.4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>11.1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>10.9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10.5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>9.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>9.5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>8.8000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>9.1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-A61D-4A9C-888F-175F30C1C579}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
-        <c:axId val="545062624"/>
-        <c:axId val="1"/>
+        <c:axId val="122263040"/>
+        <c:axId val="122264576"/>
       </c:lineChart>
-      <c:dateAx>
-        <c:axId val="545062624"/>
+      <c:catAx>
+        <c:axId val="122263040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="-2700000" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1200"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="122264576"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="months"/>
-[...1 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="122264576"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="50"/>
+          <c:max val="20"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
-              <a:bodyPr/>
+              <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-                  </a:defRPr>
+                  <a:defRPr sz="1400" b="0"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-GB" dirty="0"/>
-                  <a:t>% of increasing and higher risk drinkers making attempts to cut down in past 12 months who used  support (3 month moving average)</a:t>
+                  <a:rPr lang="en-GB" sz="1400" b="0" dirty="0"/>
+                  <a:t>No. of cigarettes consumed</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout>
-[...6 lines deleted...]
-          </c:layout>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="545062624"/>
+        <c:crossAx val="122263040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
-        <c:majorUnit val="10"/>
       </c:valAx>
-      <c:spPr>
-[...4 lines deleted...]
-      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.13699827452124036"/>
-[...2 lines deleted...]
-          <c:h val="9.0958763913889712E-2"/>
+          <c:x val="0.84792343192465436"/>
+          <c:y val="4.9375773438483849E-3"/>
+          <c:w val="0.11869654970797262"/>
+          <c:h val="0.1919513385395793"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1049" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr sz="1800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
+</file>
+
+<file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=ppt/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="102">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" b="1" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="bg1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:lineWidthScale>3</cs:lineWidthScale>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln cap="rnd">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="dk1">
+        <a:tint val="95000"/>
+      </a:schemeClr>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="bg1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1800" b="1" kern="1200"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln cap="rnd">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="dk1">
+        <a:tint val="5000"/>
+      </a:schemeClr>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="102">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" b="1" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="bg1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:lineWidthScale>3</cs:lineWidthScale>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln cap="rnd">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="dk1">
+        <a:tint val="95000"/>
+      </a:schemeClr>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="bg1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1800" b="1" kern="1200"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln cap="rnd">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="dk1">
+        <a:tint val="5000"/>
+      </a:schemeClr>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=ppt/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="102">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" b="1" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="bg1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:lineWidthScale>3</cs:lineWidthScale>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln cap="rnd">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="dk1">
+        <a:tint val="95000"/>
+      </a:schemeClr>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="bg1"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1800" b="1" kern="1200"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln cap="rnd">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <a:schemeClr val="dk1">
+        <a:tint val="5000"/>
+      </a:schemeClr>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="1">
+      <a:schemeClr val="tx1">
+        <a:tint val="75000"/>
+      </a:schemeClr>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:wall>
+</cs:chartStyle>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -30766,51 +14974,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr>
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1421315" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -30839,51 +15047,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1421316" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -30912,51 +15120,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr>
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1421317" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -30985,73 +15193,75 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" hangingPunct="1">
-              <a:defRPr sz="1200"/>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{E60A4AE5-BAB1-4333-BF3C-3464B83F68F2}" type="slidenum">
-              <a:rPr lang="en-US" altLang="en-US"/>
+            <a:fld id="{20389BDB-F580-4829-8FFD-45A97C633038}" type="slidenum">
+              <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1299342825"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -31103,51 +15313,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr>
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4099" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -31176,67 +15386,67 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4100" name="Rectangle 4"/>
+          <p:cNvPr id="13316" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
@@ -31396,51 +15606,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr>
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4103" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -31469,70 +15679,77 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" hangingPunct="1">
-              <a:defRPr sz="1200"/>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{CA994FA5-7EA1-4FC4-AF0B-43A5F79C426E}" type="slidenum">
-              <a:rPr lang="en-US" altLang="en-US"/>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1538662361"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
@@ -31620,70 +15837,102 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7170" name="Rectangle 7"/>
+          <p:cNvPr id="6146" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750">
@@ -31771,100 +16020,897 @@
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:fld id="{C2219037-ED52-4918-959C-E0C7D98274BF}" type="slidenum">
+            <a:fld id="{5FDC56C8-7A83-4CE0-99AA-9186CFDA7527}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7171" name="Rectangle 2"/>
+          <p:cNvPr id="6147" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7172" name="Rectangle 3"/>
+          <p:cNvPr id="6148" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="en-GB" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="282319697"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="244712600"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16958CEE-DEC8-1952-F29A-312EA1CB59DC}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8309524-13AE-7C8E-6771-62FC4BE31432}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8B69D35-652F-B7F8-996D-EAA2A42C5673}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{679F5C35-A0D7-FA8E-1C28-2C94AD8A43F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3331521284"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{532ED1E9-CE5E-8F3E-665E-049C75C611F7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABBB599A-D6BB-65EB-E55D-EF90CC7F9CE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B894C5AC-F1FC-4437-CBF9-22512B4C8A07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D638127-AD06-45F8-0B90-8B6A3645F1E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2156696413"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32959FDE-9585-73D8-39F5-BEA2E4FB9945}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E8DC161-DA92-1941-790A-DF8C1DC8282A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF728876-7558-E5A0-F9FD-6E4EFE4F316C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82A08EB7-4F0C-C4EC-77AD-E77EA2943002}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955312114"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="236180633"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="246144286"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3876666928"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{59B7E678-72FF-49AE-B36E-380C0592BECF}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2654968202"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -32015,54 +17061,92 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6300788" y="6245225"/>
+            <a:ext cx="2386012" cy="476250"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{EC76CEE4-E1C3-4B47-8160-63DD4349C66D}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2298876077"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3130169854"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -32176,54 +17260,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{5EF2FE7E-A546-412A-9141-D50EA7953D4A}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="222170666"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004453167"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -32347,54 +17466,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{920273EB-AB1C-4116-A5EF-5AD21E31E40E}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1644864921"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="429627463"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="txAndClipArt" preserve="1">
   <p:cSld name="Title, Text and Clip Art">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -32543,54 +17697,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{E1AFA41E-0685-430A-81AD-7C5460BE0EEF}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1358338441"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1930024746"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="chart" preserve="1">
   <p:cSld name="Title and Chart">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -32682,54 +17871,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{2B749108-8FB9-4E4E-AACB-FC741C520877}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2546488785"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3756530423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -32843,54 +18067,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3646895184"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2807988736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -33026,54 +18285,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{351B2E1B-2AEB-4AFD-A92C-C6BED7D60F80}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4027037915"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2242843909"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -33305,54 +18599,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{30ABB69B-C9A8-4B2D-A733-33689BD0CE78}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2125801135"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2802676348"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -33723,54 +19052,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{AFBC6407-15A5-4B8A-9E09-D247FFDC8C8B}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="647430501"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1873207546"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -33832,181 +19196,210 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{6C9F1BB4-0238-4A5F-A4B0-AFC600CEF46E}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1631010156"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1825531465"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...5 lines deleted...]
-          </a:prstGeom>
+          <a:ln/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...3 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{91C8D757-91F2-4ADC-9B55-B3453AE68366}" type="slidenum">
-              <a:rPr lang="en-US" altLang="en-US"/>
+            <a:fld id="{12772EA4-118C-43D4-AB71-8C345B3EEC14}" type="slidenum">
+              <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1233155818"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3727320978"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -34227,54 +19620,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{2EBBB62A-BC7E-4A4E-B228-72928B67009D}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="371757924"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1772170433"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -34472,92 +19900,157 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{74CA539E-EDBA-4B9A-8EFD-7A6977A21DB0}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4285491411"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="828968521"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7667625" y="223838"/>
+            <a:ext cx="1249241" cy="819871"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1026" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="7210425" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -34576,51 +20069,51 @@
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1027" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -34644,79 +20137,79 @@
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1028" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="457200" y="6245225"/>
             <a:ext cx="2133600" cy="476250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -34737,51 +20230,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr>
               <a:defRPr sz="1400">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1029" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -34810,67 +20303,147 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+            <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1400">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1030" name="Line 11"/>
+          <p:cNvPr id="1030" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6156325" y="6245225"/>
+            <a:ext cx="2530475" cy="476250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1400">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1EC1A678-BB6E-4922-8324-CB6DEF6AA1D3}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="1031" name="Line 11"/>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="468313" y="1412875"/>
             <a:ext cx="8207375" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="333399"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -34879,137 +20452,137 @@
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147484352" r:id="rId1"/>
-[...11 lines deleted...]
-    <p:sldLayoutId id="2147484351" r:id="rId13"/>
+    <p:sldLayoutId id="2147483885" r:id="rId1"/>
+    <p:sldLayoutId id="2147483873" r:id="rId2"/>
+    <p:sldLayoutId id="2147483874" r:id="rId3"/>
+    <p:sldLayoutId id="2147483875" r:id="rId4"/>
+    <p:sldLayoutId id="2147483876" r:id="rId5"/>
+    <p:sldLayoutId id="2147483877" r:id="rId6"/>
+    <p:sldLayoutId id="2147483878" r:id="rId7"/>
+    <p:sldLayoutId id="2147483879" r:id="rId8"/>
+    <p:sldLayoutId id="2147483880" r:id="rId9"/>
+    <p:sldLayoutId id="2147483881" r:id="rId10"/>
+    <p:sldLayoutId id="2147483882" r:id="rId11"/>
+    <p:sldLayoutId id="2147483883" r:id="rId12"/>
+    <p:sldLayoutId id="2147483884" r:id="rId13"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
             <a:srgbClr val="000066"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
             <a:srgbClr val="000066"/>
           </a:solidFill>
-          <a:latin typeface="Corbel" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl2pPr>
       <a:lvl3pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
             <a:srgbClr val="000066"/>
           </a:solidFill>
-          <a:latin typeface="Corbel" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl3pPr>
       <a:lvl4pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
             <a:srgbClr val="000066"/>
           </a:solidFill>
-          <a:latin typeface="Corbel" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl4pPr>
       <a:lvl5pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
             <a:srgbClr val="000066"/>
           </a:solidFill>
-          <a:latin typeface="Corbel" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl5pPr>
       <a:lvl6pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
             <a:srgbClr val="000066"/>
           </a:solidFill>
           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl6pPr>
       <a:lvl7pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPct val="0"/>
         </a:spcAft>
         <a:defRPr sz="3200">
           <a:solidFill>
@@ -35264,4903 +20837,3327 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6146" name="Rectangle 2"/>
+          <p:cNvPr id="5122" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="128588" y="122238"/>
+            <a:off x="128588" y="314325"/>
             <a:ext cx="8886825" cy="2241550"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="4000"/>
-              <a:t>Latest trends on alcohol consumption in England from the Alcohol Toolkit Study</a:t>
+              <a:rPr lang="en-US" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>Annual findings 2025 on smoking in England</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US" sz="3600"/>
+            <a:br>
+              <a:rPr lang="en-US" altLang="en-US" b="1" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>from the Smoking Toolkit Study</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6147" name="Picture 4" descr="UCL open logo"/>
+          <p:cNvPr id="5123" name="Picture 4" descr="UCL open logo"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5343525" y="6373813"/>
-            <a:ext cx="3811588" cy="495300"/>
+            <a:off x="5332413" y="6362700"/>
+            <a:ext cx="3811587" cy="495300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3080" name="Text Box 10"/>
+          <p:cNvPr id="5126" name="Rectangle 10"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="323240" y="4234650"/>
+            <a:ext cx="3452812" cy="1756268"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333399"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vera Buss</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333399"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Robert West</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333399"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dimitra Kale</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333399"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Loren Kock</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" altLang="en-US" sz="2400" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="333399"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" altLang="en-US" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333399"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Jamie Brown</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="333399"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5128" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2759037" y="4391402"/>
-            <a:ext cx="3625928" cy="1759841"/>
+            <a:off x="4948518" y="4830763"/>
+            <a:ext cx="3690434" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="0" hangingPunct="0">
+            <a:lvl1pPr>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="•"/>
               <a:defRPr sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="742950" indent="-285750" eaLnBrk="0" hangingPunct="0">
+            <a:lvl2pPr marL="742950" indent="-285750">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="–"/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1143000" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl3pPr marL="1143000" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="•"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1600200" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl4pPr marL="1600200" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="–"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2057400" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl5pPr marL="2057400" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Vera Buss, Jamie Brown, Loren Kock</a:t>
+              <a:t>Last updated: 15</a:t>
             </a:r>
-          </a:p>
-[...24 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
-[...8 lines deleted...]
-                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>th</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t> January 2025</a:t>
+              <a:t> January 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
+            <a:endParaRPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
-              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>www.alcoholinengland.info</a:t>
+              <a:t>www.smokinginengland.info</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1800" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>jamie.brown@ucl.ac.uk</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6150" name="Picture 9"/>
+          <p:cNvPr id="9" name="Picture 8"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3378695" y="2776256"/>
+            <a:ext cx="2386595" cy="1566311"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="6351588"/>
-[...485 lines deleted...]
-            <a:ext cx="1283187" cy="858982"/>
+            <a:off x="75835" y="6207369"/>
+            <a:ext cx="1337691" cy="626292"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1081979619"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2659603248"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Daily cigarette consumption by gender</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1457393773"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{067C9099-C8B4-432D-9DAF-89CC00A00D96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="301625" y="6022559"/>
+            <a:ext cx="3994876" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults who smoked in the past year</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="576726429"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15362" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" dirty="0"/>
-              <a:t>Triggers for past-year attempts</a:t>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Weekly spend on cigarettes among smokers by social grade </a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2145776791"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Box 5"/>
+          <p:cNvPr id="6" name="Text Box 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457199" y="6202074"/>
-[...323 lines deleted...]
-            <a:ext cx="5264390" cy="523220"/>
+            <a:off x="301625" y="6361113"/>
+            <a:ext cx="6370655" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="0" hangingPunct="0">
+            <a:lvl1pPr>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="•"/>
               <a:defRPr sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="742950" indent="-285750" eaLnBrk="0" hangingPunct="0">
+            <a:lvl2pPr marL="742950" indent="-285750">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="–"/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1143000" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl3pPr marL="1143000" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="•"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1600200" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl4pPr marL="1600200" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="–"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2057400" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl5pPr marL="2057400" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Increasing and higher risk drinking defined as those scoring &gt;7 AUDIT</a:t>
+              <a:t>ABC1: Professional to clerical occupation C2DE: Manual occupation</a:t>
             </a:r>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{004168FE-E1EF-913C-4A4D-799862121160}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="301625" y="6022559"/>
+            <a:ext cx="3994876" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1">
-[...6 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1400" dirty="0">
-[...5 lines deleted...]
-              <a:t>A-C1: Professional to clerical occupation C2-E: Manual occupation</a:t>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults who smoked in the past year</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2511223635"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Weekly spend on cigarettes among smokers by age</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="Content Placeholder 8"/>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2239966039"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2899012893"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="457200" y="1600200"/>
-          <a:ext cx="8229600" cy="4525963"/>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...8 lines deleted...]
-          <a:blip r:embed="rId3" cstate="print">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DC1E506-ED91-73B4-9738-1349A988F6E2}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...5 lines deleted...]
-        <p:spPr bwMode="auto">
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="7601185" y="193963"/>
-            <a:ext cx="1283187" cy="858982"/>
+            <a:off x="301625" y="6022559"/>
+            <a:ext cx="3994876" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...20 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults who smoked in the past year</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3442678275"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Text Box 5">
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Weekly spend on cigarettes among smokers by gender</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2997620397"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE7DA707-FAC9-F66F-7D1F-E5DD818F891F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CA2FE9A-A455-F833-00C1-C256071CFE13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="301625" y="6022559"/>
+            <a:ext cx="3994876" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults who smoked in the past year</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3348824123"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Methods</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Monthly household surveys of representative samples of 1700-1800 adults (16+ years old) in England</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Due to the pandemic, from April 2020 to December 2021 surveys conducted by telephone (rather than face-to-face) and among adults aged 18 and over. From January 2022 data collection resumed among those aged 16 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400"/>
+              <a:t>and over.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A4A4A"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial (body)"/>
+              </a:rPr>
+              <a:t>Between November 2020 and February 2022, ~0.8% of cases in England were incorrectly weighted 0. This has now been updated and some point estimates over this period have changed slightly (typically 1 d.p.) compared with earlier versions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A4A4A"/>
+                </a:solidFill>
+                <a:latin typeface="Arial (body)"/>
+              </a:rPr>
+              <a:t>From April 2020 (switch to telephone), Ipsos started recording ~&lt;5% cases as missing for social grade. To derive weight variable (which uses social grade), Ipsos assumed missing = social grade C1. To ensure analyses using weight and social grade reflect target weighed profile, social grade was recoded to reflect this assumption. Different assumptions for missing social grade cases were explored in a parallel telephone and face-to-face (with no missing social grade) wave, and this assumption found least distorting.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4A4A4A"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial (body)"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Fieldwork by TNS/BMRB 2006 up to April 2013, then IPSOS MORI</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Sample weighted to match population in England on key socio-demographics</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Further details: www.smokinginengland.info</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3961392336"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Cigarette smoking prevalence</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3532698751"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rounded Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729205" y="6238754"/>
+            <a:ext cx="7523544" cy="451413"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729205" y="5864437"/>
+            <a:ext cx="8300414" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults (16 and over till Feb 20; 18 and over from April 20; 16 and over from Jan 22)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2334883861"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E84B0B3E-61AB-32BC-8BDB-C1938D817F0D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E6EE260-D376-43FD-9860-094AB18BEF38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Cigarette smoking prevalence in adults by region (2007-2025)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8BFD188-DF0B-F52A-1DB1-D54BD38EF06D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1730090326"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4744650"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAE2E13E-EAD8-EC8C-A84F-2B41B84F2029}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{961241CE-F4CB-F8F2-09E1-41503A0299B7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="450166" y="6286929"/>
+            <a:ext cx="6254341" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0"/>
+              <a:t>Base: Adults (16 and over till Feb 20; 18 and over from April 20; 16 and over from Jan 22)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3536685454"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1247CEF-410F-1573-6642-C7D03C534764}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{048EA2B4-7952-EBAC-12D7-AB4378105BCF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Stopped smoking in past 12 months </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>by region (2007-2025)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C89DC58E-F6C2-0FC8-927B-F35ECE6E7FC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="288595166"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4744650"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2C9DD87-A0DC-8430-3716-6E57CF979DC2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F941A50-B6D0-ED97-BF0F-CFDA8DE7B914}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="450166" y="6286929"/>
+            <a:ext cx="7117205" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0"/>
+              <a:t>Base: Past-year smokers (16 and over till Feb 20; 18 and over from April 20; 16 and over from Jan 22)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="361478112"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{301F4220-9625-6B2F-BA29-25D1D2AE7575}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E1F929B-D643-E304-CF29-0FACC7008295}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Tried to stop smoking in past year by region (2007-2025)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0018580-60D5-27B3-4967-2566543DC0EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2696665549"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4744650"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A808A61-0584-EAFD-D754-A843B33A7807}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B850064-DE32-537C-E39B-EAFE00F85094}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="450166" y="6286929"/>
+            <a:ext cx="7073924" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0"/>
+              <a:t>Base: Past-year smokers (16 and over till Feb 20; 18 and over from April 20; 16 and over from Jan 22)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499273303"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Proportion of cigarette smokers who use hand-rolled cigarettes</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="272452946"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rounded Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729205" y="6238754"/>
+            <a:ext cx="7523544" cy="451413"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729205" y="5864437"/>
+            <a:ext cx="8300414" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults (16 and over till Feb 20; 18 and over from April 20; 16 and over from Jan 22)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="642914221"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Proportion of cigarette smokers who are non-daily smokers</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="940943244"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rounded Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729205" y="6238754"/>
+            <a:ext cx="7523544" cy="451413"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Graph shows prevalence estimate and upper and lower 95% confidence intervals</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729205" y="5864437"/>
+            <a:ext cx="8300414" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults (16 and over till Feb 20; 18 and over from April 20; 16 and over from Jan 22)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="504810682"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Daily cigarette consumption by social grade </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="290497397"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Box 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3638945" y="1811004"/>
-            <a:ext cx="5108386" cy="307777"/>
+            <a:off x="301625" y="6361113"/>
+            <a:ext cx="6370655" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="0" hangingPunct="0">
+            <a:lvl1pPr>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="•"/>
               <a:defRPr sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="742950" indent="-285750" eaLnBrk="0" hangingPunct="0">
+            <a:lvl2pPr marL="742950" indent="-285750">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="–"/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1143000" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl3pPr marL="1143000" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="•"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1600200" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl4pPr marL="1600200" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="–"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2057400" indent="-228600" eaLnBrk="0" hangingPunct="0">
+            <a:lvl5pPr marL="2057400" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1400" b="1" dirty="0">
-[...58 lines deleted...]
-              <a:rPr lang="en-GB" altLang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-GB" altLang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Data collected during monthly household survey beginning March 2014</a:t>
-[...158 lines deleted...]
-              <a:t> </a:t>
+              <a:t>ABC1: Professional to clerical occupation C2DE: Manual occupation</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16387" name="Title 1"/>
-[...53 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7DC02CF-9892-5241-941F-110275B584F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-[...25 lines deleted...]
-            <a:ext cx="5410264" cy="523220"/>
+            <a:off x="301625" y="6001442"/>
+            <a:ext cx="3994876" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...30 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none">
+          <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...120 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1">
-[...6 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" sz="1400">
-[...33 lines deleted...]
-              <a:t>A-C1: Professional to clerical occupation C2-E: Manual occupation</a:t>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults who smoked in the past year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...433 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="314473561"/>
-[...1630 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2865898611"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="956979390"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14338" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" altLang="en-US" dirty="0"/>
-[...215 lines deleted...]
-              <a:t>) or behavioural support (any delivery mode)</a:t>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Daily cigarette consumption by age</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="Content Placeholder 10"/>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1344746627"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="419134060"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="457200" y="1606550"/>
-          <a:ext cx="8229600" cy="4525963"/>
+          <a:off x="323557" y="1600200"/>
+          <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...8 lines deleted...]
-          <a:blip r:embed="rId3" cstate="print">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{66BA402D-9306-454E-B7F0-16FB89A6D0BB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{067C9099-C8B4-432D-9DAF-89CC00A00D96}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...5 lines deleted...]
-        <p:spPr bwMode="auto">
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="7601185" y="193963"/>
-            <a:ext cx="1283187" cy="858982"/>
+            <a:off x="301625" y="6022559"/>
+            <a:ext cx="3994876" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...20 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" dirty="0"/>
+              <a:t>Base: Adults who smoked in the past year</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2350396616"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Default Design">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Default Design 1">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="BBE0E3"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="333399"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="000000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="DAEDEF"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="2D2D8A"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="009999"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="99CC00"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Corbel">
+    <a:fontScheme name="Default Design">
       <a:majorFont>
-        <a:latin typeface="Corbel"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Corbel"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -41356,627 +25353,85 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
-[...560 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f787eaa3d848b643d27d261b2a691d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6432457ecf8c8f549be832a1f35452a3" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -42153,166 +25608,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{397F810E-3C28-4A9E-9A22-E65EC020B374}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
+    <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBDC381-FF4C-4AA2-88B6-B253F7F8B8A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FFFD8BA-ADA5-4F05-880E-4D7C50D3EAAA}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF462143-767E-429C-A947-2DDE58998985}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1422</Words>
+  <Words>714</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>57</Paragraphs>
-[...1 lines deleted...]
-  <Notes>1</Notes>
+  <Paragraphs>115</Paragraphs>
+  <Slides>14</Slides>
+  <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Corbel</vt:lpstr>
+      <vt:lpstr>Arial (body)</vt:lpstr>
       <vt:lpstr>Default Design</vt:lpstr>
-      <vt:lpstr>Latest trends on alcohol consumption in England from the Alcohol Toolkit Study</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>Prevalence of increasing and higher risk drinking (AUDIT)</vt:lpstr>
+      <vt:lpstr>Annual findings 2025 on smoking in England from the Smoking Toolkit Study</vt:lpstr>
+      <vt:lpstr>Cigarette smoking prevalence</vt:lpstr>
+      <vt:lpstr>Cigarette smoking prevalence in adults by region (2007-2025)</vt:lpstr>
+      <vt:lpstr>Stopped smoking in past 12 months  by region (2007-2025)</vt:lpstr>
+      <vt:lpstr>Tried to stop smoking in past year by region (2007-2025)</vt:lpstr>
+      <vt:lpstr>Proportion of cigarette smokers who use hand-rolled cigarettes</vt:lpstr>
+      <vt:lpstr>Proportion of cigarette smokers who are non-daily smokers</vt:lpstr>
+      <vt:lpstr>Daily cigarette consumption by social grade </vt:lpstr>
+      <vt:lpstr>Daily cigarette consumption by age</vt:lpstr>
+      <vt:lpstr>Daily cigarette consumption by gender</vt:lpstr>
+      <vt:lpstr>Weekly spend on cigarettes among smokers by social grade </vt:lpstr>
+      <vt:lpstr>Weekly spend on cigarettes among smokers by age</vt:lpstr>
+      <vt:lpstr>Weekly spend on cigarettes among smokers by gender</vt:lpstr>
       <vt:lpstr>Methods</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UCL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ATS</dc:title>
+  <dc:title>STS top lines</dc:title>
   <dc:creator>J Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>