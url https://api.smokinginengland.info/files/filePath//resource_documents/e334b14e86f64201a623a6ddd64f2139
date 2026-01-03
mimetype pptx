--- v0 (2025-11-14)
+++ v1 (2026-01-03)
@@ -44,50 +44,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId18"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId19"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="455" r:id="rId5"/>
     <p:sldId id="463" r:id="rId6"/>
@@ -284,50 +285,58 @@
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="CC99FF"/>
     <a:srgbClr val="9900CC"/>
     <a:srgbClr val="8686B4"/>
     <a:srgbClr val="1D70B7"/>
     <a:srgbClr val="1F71B8"/>
     <a:srgbClr val="25267E"/>
     <a:srgbClr val="002B82"/>
     <a:srgbClr val="5A9B8B"/>
     <a:srgbClr val="7D0000"/>
     <a:srgbClr val="008000"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
+</file>
+
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{A94BC195-1D7B-4BCF-BB5A-E195F0B0DDFB}" v="1" dt="2025-12-05T16:06:02.747"/>
+  </p1510:revLst>
+</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
@@ -527,51 +536,51 @@
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="47" d="100"/>
           <a:sy n="47" d="100"/>
         </p:scale>
         <p:origin x="-2323" y="-96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="36004" cy="36004"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CC1C1A19-4BA0-49F3-B366-10A84C7A1975}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CC1C1A19-4BA0-49F3-B366-10A84C7A1975}" dt="2023-06-09T16:13:25.576" v="76" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CC1C1A19-4BA0-49F3-B366-10A84C7A1975}" dt="2023-06-09T16:13:25.576" v="76" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1347441576" sldId="459"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CB1AE80D-B2E2-483B-BEAB-B21CCE43B322}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CB1AE80D-B2E2-483B-BEAB-B21CCE43B322}" dt="2025-02-17T12:54:08.061" v="121" actId="27918"/>
       <pc:docMkLst>
@@ -834,92 +843,113 @@
       <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{46CF045E-427F-47A8-AD81-DD69CC39CF35}" dt="2023-07-19T15:16:00.525" v="105" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{405EFC91-E811-4BC5-A8B2-87F08FADD6AE}"/>
     <pc:docChg chg="addSld modSld sldOrd">
       <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{405EFC91-E811-4BC5-A8B2-87F08FADD6AE}" dt="2024-03-15T11:15:33.801" v="271" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp add mod ord">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{405EFC91-E811-4BC5-A8B2-87F08FADD6AE}" dt="2024-03-15T11:14:35.761" v="203" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="706437633" sldId="463"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:37:09.454" v="86" actId="27918"/>
+      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:14:25.584" v="171" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
+      <pc:sldChg chg="mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:10:24.198" v="145" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4194341902" sldId="446"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:11:14.449" v="153" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2370126118" sldId="447"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:07:45.391" v="17" actId="20577"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T15:57:59.227" v="101" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2659603248" sldId="455"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:07:45.391" v="17" actId="20577"/>
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T15:57:59.227" v="101" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2659603248" sldId="455"/>
             <ac:spMk id="5128" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:20:26.091" v="53" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:09:32.386" v="139" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3472951639" sldId="456"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:37:09.454" v="86" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:14:25.584" v="171" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1347441576" sldId="459"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:36:12.258" v="78" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:13:26.606" v="165" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3009515767" sldId="460"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-11-12T10:09:13.988" v="26" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:12:34.359" v="159" actId="27918"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1117168479" sldId="462"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="mod">
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:04:36.352" v="104" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="706437633" sldId="463"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{9DE66B2D-56B6-4137-9D9F-8DCE8C6FCB9B}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{9DE66B2D-56B6-4137-9D9F-8DCE8C6FCB9B}" dt="2025-09-15T15:31:15.492" v="94" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{158E4A8D-9543-4868-A341-9F62B3CCD187}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{158E4A8D-9543-4868-A341-9F62B3CCD187}" dt="2025-01-14T17:43:44.522" v="82" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{158E4A8D-9543-4868-A341-9F62B3CCD187}" dt="2025-01-14T17:36:58.460" v="26" actId="27918"/>
@@ -957,57 +987,50 @@
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-17T09:23:50.764" v="103" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2370126118" sldId="447"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-16T17:33:14.358" v="42" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="633077769" sldId="448"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-16T17:35:21.722" v="55" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2987757541" sldId="452"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-16T17:34:13" v="48" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1229948450" sldId="453"/>
-        </pc:sldMkLst>
-[...5 lines deleted...]
-          <pc:sldMk cId="3009515767" sldId="460"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-17T09:22:39.042" v="97" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2334883861" sldId="461"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-16T17:38:43.592" v="82" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1117168479" sldId="462"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-17T09:14:00.567" v="95" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="706437633" sldId="463"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
@@ -1163,57 +1186,50 @@
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:43:28.246" v="51" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2987757541" sldId="452"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:42:20.183" v="44" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1229948450" sldId="453"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:37:11.118" v="12" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2659603248" sldId="455"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:44:55.981" v="59" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3472951639" sldId="456"/>
-        </pc:sldMkLst>
-[...5 lines deleted...]
-          <pc:sldMk cId="1347441576" sldId="459"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:49:40.002" v="90" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3009515767" sldId="460"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:39:01.762" v="25" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2334883861" sldId="461"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:48:53.440" v="84" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1117168479" sldId="462"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
         <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{74297FA7-0E3A-4D7E-9445-A7216845AD6D}" dt="2025-08-13T15:39:29.886" v="28" actId="27918"/>
@@ -1945,51 +1961,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>24.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.8</c:v>
                 </c:pt>
@@ -2107,51 +2123,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>24.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.3</c:v>
                 </c:pt>
@@ -2269,51 +2285,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.2</c:v>
                 </c:pt>
@@ -2916,51 +2932,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$2:$E$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
@@ -3080,51 +3096,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$F$2:$F$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
@@ -3244,51 +3260,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$G$2:$G$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
@@ -3407,51 +3423,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$H$2:$H$19</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="18"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-8512-4D62-A717-5EDD592EBC2E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
@@ -3802,51 +3818,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=204)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=202)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=141)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=263)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=288)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=294)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=240)</c:v>
+                  <c:v>2025 Nov (N=266)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>15.1</c:v>
                 </c:pt>
@@ -3868,51 +3884,51 @@
                 <c:pt idx="10">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>30.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>28.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>32.6</c:v>
+                  <c:v>31.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -3964,51 +3980,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=204)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=202)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=141)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=263)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=288)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=294)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=240)</c:v>
+                  <c:v>2025 Nov (N=266)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>16.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19</c:v>
                 </c:pt>
@@ -4030,51 +4046,51 @@
                 <c:pt idx="10">
                   <c:v>20.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>27</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>35.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>30.7</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>33.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>38.4</c:v>
+                  <c:v>37.200000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -4126,51 +4142,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=204)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=202)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=141)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=263)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=288)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=294)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=240)</c:v>
+                  <c:v>2025 Nov (N=266)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>9.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>8.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>11</c:v>
                 </c:pt>
@@ -4192,51 +4208,51 @@
                 <c:pt idx="10">
                   <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>17.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>25</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>26.6</c:v>
+                  <c:v>26</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -4448,51 +4464,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=2565)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=2654)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=2540)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=2035)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=2131)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=2330)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=2273)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=2307)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=1996)</c:v>
+                  <c:v>2025 Nov (N=2199)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>40.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>37.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>35.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>32.700000000000003</c:v>
                 </c:pt>
@@ -4514,51 +4530,51 @@
                 <c:pt idx="10">
                   <c:v>29.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>24.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>33.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>32.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>38.5</c:v>
+                  <c:v>38</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -4610,51 +4626,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=2565)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=2654)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=2540)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=2035)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=2131)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=2330)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=2273)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=2307)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=1996)</c:v>
+                  <c:v>2025 Nov (N=2199)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>42.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>39.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>37.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>36.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>34.5</c:v>
                 </c:pt>
@@ -4676,51 +4692,51 @@
                 <c:pt idx="10">
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>29.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>35.1</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>36.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>34.9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>40.700000000000003</c:v>
+                  <c:v>40</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -4772,51 +4788,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=2565)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=2654)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=2540)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=2035)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=2131)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=2330)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=2273)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=2307)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=1996)</c:v>
+                  <c:v>2025 Nov (N=2199)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>39.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>33.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>31</c:v>
                 </c:pt>
@@ -4838,51 +4854,51 @@
                 <c:pt idx="10">
                   <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>31.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>32.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>30.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>31.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>36.4</c:v>
+                  <c:v>36</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -5013,51 +5029,51 @@
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Cigarette smoking</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="9900CC"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5071,58 +5087,58 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>24.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -5176,51 +5192,51 @@
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5234,58 +5250,58 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>24.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -5339,51 +5355,51 @@
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5397,58 +5413,58 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -5494,51 +5510,51 @@
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5552,51 +5568,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$20:$E$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>16.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
@@ -5604,51 +5620,51 @@
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5662,51 +5678,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
@@ -5714,51 +5730,51 @@
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5772,51 +5788,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
@@ -5857,51 +5873,51 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
@@ -5915,58 +5931,58 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=16973)</c:v>
+                  <c:v>2025 Nov (N=18665)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$E$2:$E$20</c:f>
+              <c:f>Sheet1!$E$2:$E$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>24.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -6018,53 +6034,120 @@
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95%</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
+          <c:cat>
+            <c:strLit>
+              <c:ptCount val="19"/>
+              <c:pt idx="0">
+                <c:v>2007 (N=22079)</c:v>
+              </c:pt>
+              <c:pt idx="1">
+                <c:v>2008 (N=18990)</c:v>
+              </c:pt>
+              <c:pt idx="2">
+                <c:v>2009 (N=21137)</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>2010 (N=24794)</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>2011 (N=21879)</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>2012 (N=21330)</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>2013 (N=22167)</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>2014 (N=20170)</c:v>
+              </c:pt>
+              <c:pt idx="8">
+                <c:v>2015 (N=20026)</c:v>
+              </c:pt>
+              <c:pt idx="9">
+                <c:v>2016 (N=20437)</c:v>
+              </c:pt>
+              <c:pt idx="10">
+                <c:v>2017 (N=20381)</c:v>
+              </c:pt>
+              <c:pt idx="11">
+                <c:v>2018 (N=20685)</c:v>
+              </c:pt>
+              <c:pt idx="12">
+                <c:v>2019 (N=20635)</c:v>
+              </c:pt>
+              <c:pt idx="13">
+                <c:v>2020 (N=18444)</c:v>
+              </c:pt>
+              <c:pt idx="14">
+                <c:v>2021 (N=19770)</c:v>
+              </c:pt>
+              <c:pt idx="15">
+                <c:v>2022 (N=19749)</c:v>
+              </c:pt>
+              <c:pt idx="16">
+                <c:v>2023 (N=20198)</c:v>
+              </c:pt>
+              <c:pt idx="17">
+                <c:v>2024 (N=20143)</c:v>
+              </c:pt>
+              <c:pt idx="18">
+                <c:v>2025 Nov (N=18665)</c:v>
+              </c:pt>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                  <c15:autoCat val="1"/>
+                </c:ext>
+              </c:extLst>
+            </c:strLit>
+          </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$F$2:$F$20</c:f>
+              <c:f>Sheet1!$F$2:$F$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>24.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -6116,53 +6199,120 @@
         <c:ser>
           <c:idx val="8"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$G$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95%</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
+          <c:cat>
+            <c:strLit>
+              <c:ptCount val="19"/>
+              <c:pt idx="0">
+                <c:v>2007 (N=22079)</c:v>
+              </c:pt>
+              <c:pt idx="1">
+                <c:v>2008 (N=18990)</c:v>
+              </c:pt>
+              <c:pt idx="2">
+                <c:v>2009 (N=21137)</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>2010 (N=24794)</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>2011 (N=21879)</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>2012 (N=21330)</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>2013 (N=22167)</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>2014 (N=20170)</c:v>
+              </c:pt>
+              <c:pt idx="8">
+                <c:v>2015 (N=20026)</c:v>
+              </c:pt>
+              <c:pt idx="9">
+                <c:v>2016 (N=20437)</c:v>
+              </c:pt>
+              <c:pt idx="10">
+                <c:v>2017 (N=20381)</c:v>
+              </c:pt>
+              <c:pt idx="11">
+                <c:v>2018 (N=20685)</c:v>
+              </c:pt>
+              <c:pt idx="12">
+                <c:v>2019 (N=20635)</c:v>
+              </c:pt>
+              <c:pt idx="13">
+                <c:v>2020 (N=18444)</c:v>
+              </c:pt>
+              <c:pt idx="14">
+                <c:v>2021 (N=19770)</c:v>
+              </c:pt>
+              <c:pt idx="15">
+                <c:v>2022 (N=19749)</c:v>
+              </c:pt>
+              <c:pt idx="16">
+                <c:v>2023 (N=20198)</c:v>
+              </c:pt>
+              <c:pt idx="17">
+                <c:v>2024 (N=20143)</c:v>
+              </c:pt>
+              <c:pt idx="18">
+                <c:v>2025 Nov (N=18665)</c:v>
+              </c:pt>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                  <c15:autoCat val="1"/>
+                </c:ext>
+              </c:extLst>
+            </c:strLit>
+          </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$G$2:$G$20</c:f>
+              <c:f>Sheet1!$G$2:$G$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>23.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>22.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>20.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -6481,51 +6631,51 @@
                 <c:pt idx="9">
                   <c:v>2016-2017</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017-2018</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018-2019</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019-2020 </c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020-2021 </c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021-2022</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022-2023</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023-2024</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2024-2025 Oct</c:v>
+                  <c:v>2024-2025 Nov</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$19</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="18"/>
                 <c:pt idx="0">
                   <c:v>-2.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>-0.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>-0.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>-0.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>-0.8</c:v>
                 </c:pt>
@@ -6835,51 +6985,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1503)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1584)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=1475)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1117)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1129)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1220)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1161)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1053)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=888)</c:v>
+                  <c:v>2025 Nov (N=982)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>34.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>32</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>29.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>27.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>24.9</c:v>
                 </c:pt>
@@ -6901,51 +7051,51 @@
                 <c:pt idx="10">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>18.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>19.3</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>21.9</c:v>
+                  <c:v>21.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -6997,51 +7147,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1503)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1584)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=1475)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1117)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1129)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1220)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1161)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1053)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=888)</c:v>
+                  <c:v>2025 Nov (N=982)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>36.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>31.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>29.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>27</c:v>
                 </c:pt>
@@ -7063,51 +7213,51 @@
                 <c:pt idx="10">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>21.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>24.7</c:v>
+                  <c:v>24</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -7159,51 +7309,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1503)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1584)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=1475)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1117)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1129)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1220)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1161)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1053)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=888)</c:v>
+                  <c:v>2025 Nov (N=982)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>32.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>29.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>22.8</c:v>
                 </c:pt>
@@ -7225,51 +7375,51 @@
                 <c:pt idx="10">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>16.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>19.3</c:v>
+                  <c:v>18.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -7519,51 +7669,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=343)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=260)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=225)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 Feb (N=32)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=0)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=356)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=355)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=301)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=169)</c:v>
+                  <c:v>2025 Nov (N=184)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>16.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>15.7</c:v>
                 </c:pt>
@@ -7582,51 +7732,51 @@
                 <c:pt idx="9">
                   <c:v>12.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>8.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>14.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>12.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>8</c:v>
+                  <c:v>8.1999999999999993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -7687,51 +7837,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=343)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=260)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=225)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 Feb (N=32)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=0)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=356)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=355)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=301)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=169)</c:v>
+                  <c:v>2025 Nov (N=184)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>26.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18.3</c:v>
                 </c:pt>
@@ -7750,51 +7900,51 @@
                 <c:pt idx="9">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>12.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>28.2</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>15.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>11.7</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -7846,51 +7996,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=343)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=260)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=225)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 Feb (N=32)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=0)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=356)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=355)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=301)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=169)</c:v>
+                  <c:v>2025 Nov (N=184)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>19.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>13.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>12.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>13.1</c:v>
                 </c:pt>
@@ -7909,51 +8059,51 @@
                 <c:pt idx="9">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>5.2</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>9.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>3.7</c:v>
+                  <c:v>4.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -8219,51 +8369,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3869)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3895)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3479)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3325)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3714)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3837)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3831)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3701)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=3263)</c:v>
+                  <c:v>2025 Nov (N=3572)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>6.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>4.5999999999999996</c:v>
                 </c:pt>
@@ -8285,51 +8435,51 @@
                 <c:pt idx="10">
                   <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>4.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>9.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>8.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>10.1</c:v>
+                  <c:v>9.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-A698-407B-A7D3-D68BC9D2E82B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8381,51 +8531,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3869)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3895)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3479)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3325)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3714)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3837)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3831)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3701)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=3263)</c:v>
+                  <c:v>2025 Nov (N=3572)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.4000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>4</c:v>
                 </c:pt>
@@ -8447,51 +8597,51 @@
                 <c:pt idx="10">
                   <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>4.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>3.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>8.1</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>9.1</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-A698-407B-A7D3-D68BC9D2E82B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI2</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -8543,51 +8693,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3869)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3895)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3479)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3325)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3714)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3837)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3831)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3701)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=3263)</c:v>
+                  <c:v>2025 Nov (N=3572)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>7.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.2</c:v>
                 </c:pt>
@@ -8609,51 +8759,51 @@
                 <c:pt idx="10">
                   <c:v>7.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>8.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>10.1</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>9.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>11.1</c:v>
+                  <c:v>10.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-A698-407B-A7D3-D68BC9D2E82B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="127858176"/>
         <c:axId val="127859712"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="127858176"/>
@@ -9038,51 +9188,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3724)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3778)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3376)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3221)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3532)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3584)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3659)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3606)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=3167)</c:v>
+                  <c:v>2025 Nov (N=3474)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>42.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>39.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>37</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>33.5</c:v>
                 </c:pt>
@@ -9104,51 +9254,51 @@
                 <c:pt idx="10">
                   <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>30.1</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>29.1</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>36.1</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>37</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>36.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>35.6</c:v>
+                  <c:v>35.200000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-F694-4BB8-95F5-771162A7382A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -9200,51 +9350,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3724)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3778)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3376)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3221)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3532)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3584)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3659)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3606)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=3167)</c:v>
+                  <c:v>2025 Nov (N=3474)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>43.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>38.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>37.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>34.799999999999997</c:v>
                 </c:pt>
@@ -9266,51 +9416,51 @@
                 <c:pt idx="10">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>31.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>30.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>39.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>38.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>37.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>39.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>37.299999999999997</c:v>
+                  <c:v>36.799999999999997</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-F694-4BB8-95F5-771162A7382A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -9362,51 +9512,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3724)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3778)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3376)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3221)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3532)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3584)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3659)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3606)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=3167)</c:v>
+                  <c:v>2025 Nov (N=3474)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>41.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>38.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>35.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>34.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
@@ -9428,51 +9578,51 @@
                 <c:pt idx="10">
                   <c:v>32.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>28.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>34.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>36.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>36.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>33.9</c:v>
+                  <c:v>33.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-F694-4BB8-95F5-771162A7382A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="42242432"/>
         <c:axId val="42243200"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="42242432"/>
@@ -9694,51 +9844,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1276)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1139)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=984)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1163)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1334)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1326)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1321)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1361)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=1127)</c:v>
+                  <c:v>2025 Nov (N=1222)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>13.7</c:v>
                 </c:pt>
@@ -9760,51 +9910,51 @@
                 <c:pt idx="10">
                   <c:v>17.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>24.6</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>24.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>27.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>29.2</c:v>
+                  <c:v>29.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-BF3B-44F1-99F4-841CB503C719}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -9856,51 +10006,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1276)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1139)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=984)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1163)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1334)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1326)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1321)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1361)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=1127)</c:v>
+                  <c:v>2025 Nov (N=1222)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>15.4</c:v>
                 </c:pt>
@@ -9922,51 +10072,51 @@
                 <c:pt idx="10">
                   <c:v>19.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>16.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>27</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>28.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>26.8</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>29.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>31.9</c:v>
+                  <c:v>31.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BF3B-44F1-99F4-841CB503C719}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -10018,51 +10168,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1276)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1139)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=984)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1163)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1334)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1326)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1321)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1361)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=1127)</c:v>
+                  <c:v>2025 Nov (N=1222)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>12.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>12.1</c:v>
                 </c:pt>
@@ -10084,51 +10234,51 @@
                 <c:pt idx="10">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>23.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>22.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>24.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>26.6</c:v>
+                  <c:v>26.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-BF3B-44F1-99F4-841CB503C719}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="42293504"/>
         <c:axId val="42303488"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="42293504"/>
@@ -10341,51 +10491,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=633)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=626)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=510)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=567)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=614)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=574)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=561)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=561)</c:v>
+                  <c:v>2025 Nov (N=612)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>50.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>45.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>44.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>39.200000000000003</c:v>
                 </c:pt>
@@ -10407,51 +10557,51 @@
                 <c:pt idx="10">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>32.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>27.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>48.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>50.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>47.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>48.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>49.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>42.7</c:v>
+                  <c:v>43.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -10503,51 +10653,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=633)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=626)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=510)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=567)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=614)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=574)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=561)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=561)</c:v>
+                  <c:v>2025 Nov (N=612)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>53.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>48.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>48.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>44.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>42.6</c:v>
                 </c:pt>
@@ -10569,51 +10719,51 @@
                 <c:pt idx="10">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>31.5</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>52.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>54.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>51.8</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>52.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>53.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>46.9</c:v>
+                  <c:v>47.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -10665,51 +10815,51 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=633)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=626)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=510)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=567)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=614)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=574)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=561)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Oct (N=561)</c:v>
+                  <c:v>2025 Nov (N=612)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>47.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>42.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>38.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
@@ -10731,51 +10881,51 @@
                 <c:pt idx="10">
                   <c:v>28.6</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>28.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>23.8</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>44.3</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>46.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>43.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>44.3</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>45.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>38.700000000000003</c:v>
+                  <c:v>39.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -17189,52 +17339,52 @@
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5128" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4826703" y="4830763"/>
-            <a:ext cx="3934090" cy="1200329"/>
+            <a:off x="4897235" y="4830763"/>
+            <a:ext cx="3793026" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -17369,67 +17519,67 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Last updated: 12</a:t>
+              <a:t>Last updated: 5</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>th</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> November 2025</a:t>
+              <a:t> December 2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
@@ -17584,51 +17734,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Tried to stop smoking in past year (aged 18-24)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2389029870"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2437642035"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17759,51 +17909,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Success rate for stopping in those aged 18-24 who tried</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2571221798"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1985143940"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17934,51 +18084,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Uptake: prevalence of ever smoking in those aged 18-24</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3098417099"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1679734712"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18282,51 +18432,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Cigarette smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="47853416"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="43848746"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18457,51 +18607,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2860564282"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3483410740"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18638,51 +18788,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Change in cigarette smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3058029405"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2729132647"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8229600" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18780,51 +18930,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Cigarette smoking prevalence in </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>18-to-21-year-olds</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1305356037"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3304470951"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18962,51 +19112,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Cigarette smoking prevalence in </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>16-to-17-year-olds</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="921664216"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1060331664"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19137,51 +19287,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Stopped smoking in past 12 months</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3896984387"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117905566"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8250702" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19312,51 +19462,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Tried to stop smoking in past year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4142809756"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1074747323"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="337625" y="1600201"/>
           <a:ext cx="8328073" cy="4264236"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19492,51 +19642,51 @@
             <a:off x="457200" y="274638"/>
             <a:ext cx="7143750" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Success rate for stopping in those who tried</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3327404621"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="157834232"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8321040" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20919,72 +21069,72 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f753701b987ef20f103cb7d41e74cbc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -21162,70 +21312,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C732F272-75DA-424D-B4EE-9DAB72323132}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D050CBE3-1E2F-4C4E-BB31-9F031A2B5343}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E42219E-5370-4118-B367-2BB21A03B7B1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78F7E1D5-B2C9-4021-BC9D-17FD4422D3D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1faf88fe-a998-4c5b-93c9-210a11d9a5c2}" enabled="0" method="" siteId="{1faf88fe-a998-4c5b-93c9-210a11d9a5c2}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">