--- v1 (2026-01-03)
+++ v2 (2026-02-28)
@@ -290,51 +290,51 @@
     <a:srgbClr val="1D70B7"/>
     <a:srgbClr val="1F71B8"/>
     <a:srgbClr val="25267E"/>
     <a:srgbClr val="002B82"/>
     <a:srgbClr val="5A9B8B"/>
     <a:srgbClr val="7D0000"/>
     <a:srgbClr val="008000"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{A94BC195-1D7B-4BCF-BB5A-E195F0B0DDFB}" v="1" dt="2025-12-05T16:06:02.747"/>
+    <p1510:client id="{BA08D996-AF0F-45D7-84A7-F230B29B240F}" v="23" dt="2026-02-10T14:56:21.552"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -487,54 +487,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="11651" autoAdjust="0"/>
     <p:restoredTop sz="94701" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="106" d="100"/>
-          <a:sy n="106" d="100"/>
+          <a:sx n="105" d="100"/>
+          <a:sy n="105" d="100"/>
         </p:scale>
-        <p:origin x="1992" y="96"/>
+        <p:origin x="2022" y="96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz"/>
         <p:guide pos="358"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
@@ -542,1160 +542,288 @@
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="47" d="100"/>
           <a:sy n="47" d="100"/>
         </p:scale>
         <p:origin x="-2323" y="-96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="36004" cy="36004"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CC1C1A19-4BA0-49F3-B366-10A84C7A1975}"/>
+    <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CC1C1A19-4BA0-49F3-B366-10A84C7A1975}" dt="2023-06-09T16:13:25.576" v="76" actId="27918"/>
+      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-14T18:16:11.833" v="98" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CC1C1A19-4BA0-49F3-B366-10A84C7A1975}" dt="2023-06-09T16:13:25.576" v="76" actId="27918"/>
-[...42 lines deleted...]
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:19:13.954" v="67" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-14T18:15:44.407" v="96" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4194341902" sldId="446"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:19:58.453" v="73" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-14T18:16:11.833" v="98" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2370126118" sldId="447"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:15:41.205" v="41" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:11:16.475" v="37" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="633077769" sldId="448"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:18:01.431" v="55" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:15:44.724" v="49" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2987757541" sldId="452"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:16:23.982" v="47" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:14:42.347" v="43" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1229948450" sldId="453"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:10:45.893" v="18" actId="20577"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:03:48.516" v="19" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2659603248" sldId="455"/>
         </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:03:48.516" v="19" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2659603248" sldId="455"/>
+            <ac:spMk id="5128" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:18:46.855" v="62" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-14T18:15:17.262" v="94" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3472951639" sldId="456"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:22:31.974" v="90" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:24:10.365" v="85" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1347441576" sldId="459"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:21:56.351" v="85" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:21:37.685" v="80" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3009515767" sldId="460"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:15:13.412" v="37" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-13T12:20:14.326" v="90" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2334883861" sldId="461"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T10:21:04.574" v="79" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-12T12:19:52.891" v="73" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1117168479" sldId="462"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{0D0C70BE-9235-498F-8FC4-E1FB4A73E954}" dt="2024-10-14T12:59:04.685" v="92" actId="27918"/>
+        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-01-14T18:14:48.949" v="92" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="706437633" sldId="463"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{10834F10-07E1-4176-9F62-19F26F25FEC6}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{10834F10-07E1-4176-9F62-19F26F25FEC6}" dt="2025-10-06T11:30:04.481" v="107" actId="27918"/>
+    <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:56:47.418" v="130" actId="27918"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="mod">
-[...16 lines deleted...]
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CFDD6837-7B59-4613-8434-18E3560FD320}" dt="2023-05-30T12:35:49.339" v="45" actId="27918"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:53:49.281" v="99"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4194341902" sldId="446"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:53:49.281" v="99"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4194341902" sldId="446"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CFDD6837-7B59-4613-8434-18E3560FD320}" dt="2023-05-30T12:36:45.158" v="51" actId="27918"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:54:31.387" v="107" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2370126118" sldId="447"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CFDD6837-7B59-4613-8434-18E3560FD320}" dt="2023-05-30T12:31:10.174" v="21" actId="27918"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:48:29.755" v="58" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="633077769" sldId="448"/>
         </pc:sldMkLst>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CFDD6837-7B59-4613-8434-18E3560FD320}" dt="2023-05-30T12:34:04.914" v="33" actId="27918"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:50:35.695" v="75"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2987757541" sldId="452"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:50:35.695" v="75"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2987757541" sldId="452"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CFDD6837-7B59-4613-8434-18E3560FD320}" dt="2023-05-30T12:32:37.814" v="27" actId="27918"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:49:43.877" v="66" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1229948450" sldId="453"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{CFDD6837-7B59-4613-8434-18E3560FD320}" dt="2023-05-30T10:38:40.688" v="11" actId="20577"/>
-[...125 lines deleted...]
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T15:57:59.227" v="101" actId="20577"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:36:08.917" v="22" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2659603248" sldId="455"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T15:57:59.227" v="101" actId="20577"/>
+          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:36:08.917" v="22" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2659603248" sldId="455"/>
             <ac:spMk id="5128" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:09:32.386" v="139" actId="27918"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:51:55.809" v="89" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3472951639" sldId="456"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:51:32.838" v="86"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3472951639" sldId="456"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:14:25.584" v="171" actId="27918"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:56:47.418" v="130" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1347441576" sldId="459"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:13:26.606" v="165" actId="27918"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:56:09.044" v="123" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3009515767" sldId="460"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{6D2F0E3B-FEE4-415B-94D6-703B5FCDD0C4}" dt="2025-12-05T16:12:34.359" v="159" actId="27918"/>
-[...91 lines deleted...]
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-17T09:22:39.042" v="97" actId="27918"/>
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:47:23.563" v="52" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2334883861" sldId="461"/>
         </pc:sldMkLst>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-16T17:38:43.592" v="82" actId="27918"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:55:28.870" v="115"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1117168479" sldId="462"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:55:28.870" v="115"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1117168479" sldId="462"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
-      <pc:sldChg chg="mod">
-        <pc:chgData name="Buss, Vera" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{DEC86A60-05AA-4CA8-AD3C-9763E77DD958}" dt="2024-07-17T09:14:00.567" v="95" actId="27918"/>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:45:50.947" v="42" actId="27918"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="706437633" sldId="463"/>
         </pc:sldMkLst>
-      </pc:sldChg>
-[...641 lines deleted...]
-        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Vera Buss" userId="a79c05a7-0a4c-47fe-9032-eb4ecc8bbc26" providerId="ADAL" clId="{5CF203BF-B5A8-42DD-B7A7-5333B64E27AC}" dt="2026-02-10T14:45:36.537" v="38"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="706437633" sldId="463"/>
+            <ac:graphicFrameMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet9.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet10.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
@@ -1850,106 +978,128 @@
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-9.2895372518736162E-3"/>
                   <c:y val="-7.1627116410274624E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-C4C2-46C5-9A89-B30DA8D60030}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.3260015170346215E-3"/>
-                  <c:y val="-2.0996722274113751E-2"/>
+                  <c:y val="-3.588801466710223E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-BF86-4BAD-A622-262209589822}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="19"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.1849603065706106E-3"/>
+                  <c:y val="-2.9931497709906836E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-B70B-40C0-AB20-BC573FA8453F}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1961,61 +1111,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>24.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2028,90 +1181,93 @@
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>14.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>13.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2123,61 +1279,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>24.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2190,90 +1349,93 @@
                   <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>15.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>14.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>15.5</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>14.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2285,61 +1447,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2351,51 +1516,54 @@
                 <c:pt idx="10">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>14.5</c:v>
+                  <c:v>14.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>11.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Daily cigarette smoking</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -2821,106 +1989,128 @@
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.6875905062640213E-2"/>
                   <c:y val="3.8568447297840154E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-C4C2-46C5-9A89-B30DA8D60030}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-1.1628050063337211E-3"/>
-                  <c:y val="1.7720637947656232E-2"/>
+                  <c:x val="-2.847372912509347E-2"/>
+                  <c:y val="-3.588801466710223E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-BF86-4BAD-A622-262209589822}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="19"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.5044902337162797E-3"/>
+                  <c:y val="-2.6953239231309142E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-B70B-40C0-AB20-BC573FA8453F}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2932,61 +2122,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$E$2:$E$20</c:f>
+              <c:f>Sheet1!$E$2:$E$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>16.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2998,93 +2191,96 @@
                 <c:pt idx="10">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>14.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>11.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>11.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>10.5</c:v>
+                  <c:v>10.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>9.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI2</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3096,61 +2292,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$F$2:$F$20</c:f>
+              <c:f>Sheet1!$F$2:$F$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>17.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>16.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3162,93 +2361,96 @@
                 <c:pt idx="10">
                   <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>13.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>12.2</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>11.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>11.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="19">
                   <c:v>10.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$G$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI2</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3260,61 +2462,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$G$2:$G$20</c:f>
+              <c:f>Sheet1!$G$2:$G$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15.9</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3326,92 +2531,95 @@
                 <c:pt idx="10">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>14</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>11.2</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>10.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>10</c:v>
+                  <c:v>10.199999999999999</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>8.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="40000"/>
                   <a:lumOff val="60000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3423,51 +2631,54 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$H$2:$H$19</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="18"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-8512-4D62-A717-5EDD592EBC2E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
@@ -3760,53 +2971,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=387)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=402)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=424)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=306)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=302)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=302)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=252)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3818,61 +3029,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=204)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=202)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=141)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=263)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=288)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=294)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=266)</c:v>
+                  <c:v>2025 (N=301)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=20)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>12.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>15.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>14.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3884,91 +3098,94 @@
                 <c:pt idx="10">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>30.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>28.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>31.6</c:v>
+                  <c:v>31.8</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>39.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=387)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=402)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=424)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=306)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=302)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=302)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=252)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3980,61 +3197,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=204)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=202)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=141)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=263)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=288)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=294)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=266)</c:v>
+                  <c:v>2025 (N=301)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=20)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>16.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>23.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4047,90 +3267,93 @@
                   <c:v>20.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>27</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>35.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>30.7</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>33.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>37.200000000000003</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>61.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=387)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=402)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=424)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=306)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=302)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=302)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=252)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4142,61 +3365,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=204)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=202)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=141)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=263)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=288)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=294)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=278)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=266)</c:v>
+                  <c:v>2025 (N=301)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=20)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>9.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>8.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>14.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4208,51 +3434,54 @@
                 <c:pt idx="10">
                   <c:v>10.3</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>17.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>25</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>20.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>23.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>26</c:v>
+                  <c:v>26.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>18.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -4406,53 +3635,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=2840)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=2467)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=2762)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=3207)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=2722)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=2762)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=2769)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=2534)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4464,61 +3693,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=2565)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=2654)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=2540)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=2035)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=2131)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=2330)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=2273)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=2307)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=2199)</c:v>
+                  <c:v>2025 (N=2420)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=201)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>40.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>37.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>35.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>32.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>31.2</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>32.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>30.2</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4530,91 +3762,94 @@
                 <c:pt idx="10">
                   <c:v>29.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>24.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>33.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>32.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>33</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>38</c:v>
+                  <c:v>38.1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>40.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=2840)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=2467)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=2762)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=3207)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=2722)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=2762)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=2769)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=2534)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4626,61 +3861,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=2565)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=2654)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=2540)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=2035)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=2131)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=2330)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=2273)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=2307)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=2199)</c:v>
+                  <c:v>2025 (N=2420)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=201)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>42.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>39.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>37.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>36.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>32.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>32</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4693,90 +3931,93 @@
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>29.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>35.1</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>36.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>34.9</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>47.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=2840)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=2467)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=2762)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=3207)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=2722)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=2762)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=2769)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=2534)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4788,61 +4029,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=2565)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=2654)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=2540)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=2035)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=2131)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=2330)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=2273)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=2307)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=2199)</c:v>
+                  <c:v>2025 (N=2420)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=201)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>39.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>33.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>29.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>28.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4854,51 +4098,54 @@
                 <c:pt idx="10">
                   <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>31.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>32.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>30.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>31.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>36</c:v>
+                  <c:v>36.1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>34</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -5031,51 +4278,51 @@
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Cigarette smoking</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="9900CC"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5087,61 +4334,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>24.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5154,91 +4404,94 @@
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>14.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>13.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5250,61 +4503,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>24.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5317,91 +4573,94 @@
                   <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>15.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>14.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>15.5</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>14.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
               <a:prstDash val="sysDot"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5413,61 +4672,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5479,84 +4741,87 @@
                 <c:pt idx="10">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>14.5</c:v>
+                  <c:v>14.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>11.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5568,105 +4833,108 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$20:$E$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>16.5</c:v>
+                  <c:v>16.600000000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5678,51 +4946,54 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
@@ -5732,51 +5003,51 @@
               <c:f>Sheet1!#REF!</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>#REF!</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5788,51 +5059,54 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!#REF!</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-418B-465F-9FA1-4ED1524412D0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
@@ -5875,51 +5149,51 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=22079)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=18990)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=21137)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=24794)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=21879)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=21330)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=22167)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=20170)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5931,61 +5205,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=20381)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=20685)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=20635)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=18444)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=19770)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=19749)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=20198)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=20143)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=18665)</c:v>
+                  <c:v>2025 (N=20465)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=1712)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$2:$E$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>24.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5997,51 +5274,54 @@
                 <c:pt idx="10">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>16.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>16.5</c:v>
+                  <c:v>16.600000000000001</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>14.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-8512-4D62-A717-5EDD592EBC2E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95%</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -6106,51 +5386,51 @@
               </c:pt>
               <c:pt idx="15">
                 <c:v>2022 (N=19749)</c:v>
               </c:pt>
               <c:pt idx="16">
                 <c:v>2023 (N=20198)</c:v>
               </c:pt>
               <c:pt idx="17">
                 <c:v>2024 (N=20143)</c:v>
               </c:pt>
               <c:pt idx="18">
                 <c:v>2025 Nov (N=18665)</c:v>
               </c:pt>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:autoCat val="1"/>
                 </c:ext>
               </c:extLst>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$F$2:$F$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>24.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6162,51 +5442,54 @@
                 <c:pt idx="10">
                   <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.0">
                   <c:v>15.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>16.2</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>16</c:v>
+                  <c:v>16.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>12.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-8512-4D62-A717-5EDD592EBC2E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$G$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95%</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -6271,51 +5554,51 @@
               </c:pt>
               <c:pt idx="15">
                 <c:v>2022 (N=19749)</c:v>
               </c:pt>
               <c:pt idx="16">
                 <c:v>2023 (N=20198)</c:v>
               </c:pt>
               <c:pt idx="17">
                 <c:v>2024 (N=20143)</c:v>
               </c:pt>
               <c:pt idx="18">
                 <c:v>2025 Nov (N=18665)</c:v>
               </c:pt>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:autoCat val="1"/>
                 </c:ext>
               </c:extLst>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$G$2:$G$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>25.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>23.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>22.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>20.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>19.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6328,50 +5611,53 @@
                   <c:v>18.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18.2</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>16.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>16.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>17.3</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>16.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>17.100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>15.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-8512-4D62-A717-5EDD592EBC2E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -6576,53 +5862,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$19</c:f>
+              <c:f>Sheet1!$A$2:$A$20</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007-2008</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008-2009</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009-2010</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010-2011</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011-2012</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012-2013</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013-2014</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014-2015</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6631,61 +5917,64 @@
                 <c:pt idx="9">
                   <c:v>2016-2017</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017-2018</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018-2019</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019-2020 </c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020-2021 </c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021-2022</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022-2023</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023-2024</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2024-2025 Nov</c:v>
+                  <c:v>2024-2025</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025-Jan 2026</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$19</c:f>
+              <c:f>Sheet1!$B$2:$B$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>-2.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>-0.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>-0.1</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>-0.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>-0.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>-0.8</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>-0.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.2</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6695,50 +5984,53 @@
                   <c:v>-0.8</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>-1.8</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>-0.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>-0.2</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>-0.4</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>0.8</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>-1.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-F503-4211-B9B7-FFDBDDAD2717}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="127800832"/>
         <c:axId val="127802368"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="127800832"/>
@@ -6927,53 +6219,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1200"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=1713)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=1426)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=1667)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=1880)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=1650)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=1651)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=1557)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=1463)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6985,61 +6277,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1503)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1584)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=1475)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1117)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1129)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1220)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1161)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1053)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=982)</c:v>
+                  <c:v>2025 (N=1081)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=81)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>34.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>32</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>29.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>27.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>24.9</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>24.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>25.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>23.6</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7051,91 +6346,94 @@
                 <c:pt idx="10">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>18.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>19.3</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>21.3</c:v>
+                  <c:v>21.4</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>15.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=1713)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=1426)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=1667)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=1880)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=1650)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=1651)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=1557)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=1463)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7147,61 +6445,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1503)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1584)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=1475)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1117)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1129)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1220)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1161)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1053)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=982)</c:v>
+                  <c:v>2025 (N=1081)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=81)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>36.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>31.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>29.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>27</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>26.7</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>27.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7213,91 +6514,94 @@
                 <c:pt idx="10">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>20.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>22.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>21.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>20.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>24</c:v>
+                  <c:v>23.9</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>24.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=1713)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=1426)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=1667)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=1880)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=1650)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=1651)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=1557)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=1463)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7309,61 +6613,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1503)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1584)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=1475)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1117)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1129)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1220)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1161)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1053)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=982)</c:v>
+                  <c:v>2025 (N=1081)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=81)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>32.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>29.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>27.5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>25.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>22.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>22.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>23.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7375,51 +6682,54 @@
                 <c:pt idx="10">
                   <c:v>18.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>16.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>14.8</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>19.2</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>16.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>17.2</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>18.8</c:v>
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>8.6999999999999993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -7557,52 +6867,52 @@
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dPt>
             <c:idx val="15"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="9900CC"/>
                 </a:solidFill>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-F665-4878-9528-63EE3036E13E}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-1.4018651951423987E-3"/>
-                  <c:y val="-4.5269528874684967E-2"/>
+                  <c:x val="-3.3264610000361995E-2"/>
+                  <c:y val="-4.824778735328266E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000003-69D3-435A-8FC8-B5E75708DD82}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
@@ -7611,53 +6921,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1600"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=616)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=507)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=501)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=641)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=732)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=609)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=477)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=345)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7669,61 +6979,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=343)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=260)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=225)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 Feb (N=32)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=0)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=356)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=355)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=301)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=184)</c:v>
+                  <c:v>2025 (N=201)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=16)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>16.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>14.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7732,100 +7045,103 @@
                 <c:pt idx="9">
                   <c:v>12.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>8.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>14.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>12.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>13.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>8.1999999999999993</c:v>
+                  <c:v>10.3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>7.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dPt>
             <c:idx val="15"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000002-E431-4425-8932-E0DD9C0115E2}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=616)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=507)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=501)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=641)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=732)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=609)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=477)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=345)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7837,61 +7153,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=343)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=260)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=225)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 Feb (N=32)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=0)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=356)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=355)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=301)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=184)</c:v>
+                  <c:v>2025 (N=201)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=16)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>26.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18.3</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>17.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15.3</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7900,91 +7219,94 @@
                 <c:pt idx="9">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>12.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>28.2</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>17.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>15.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>17.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>12.1</c:v>
+                  <c:v>14.7</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>18.100000000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=616)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=507)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=501)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=641)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=732)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=609)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=477)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=345)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -7996,61 +7318,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=343)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=260)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=225)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 Feb (N=32)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=0)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=356)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=355)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=301)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=184)</c:v>
+                  <c:v>2025 (N=201)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=16)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>19.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>12.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>13.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>12.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>13.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>11.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8059,51 +7384,54 @@
                 <c:pt idx="9">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>5.2</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>10.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>9.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>4.2</c:v>
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -8257,52 +7585,52 @@
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.260849804053037E-2"/>
                   <c:y val="-6.9542335475256178E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-AF68-4ABC-AD9D-0E1F5B74AF1F}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-2.5799016859415031E-3"/>
-                  <c:y val="-5.1226045831880354E-2"/>
+                  <c:x val="-2.259032019336063E-2"/>
+                  <c:y val="-7.2073855182064217E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-F8E8-4E63-8940-84EB247A720A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
@@ -8311,53 +7639,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1600"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=5958)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=4602)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=4973)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=5775)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=4891)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=4726)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=4710)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=4152)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8369,61 +7697,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3869)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3895)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3479)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3325)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3714)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3837)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3831)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3701)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=3572)</c:v>
+                  <c:v>2025 (N=3932)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=308)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>6.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4.8</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>4.5999999999999996</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>7.2</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8436,90 +7767,93 @@
                   <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>5.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>4.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>9.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>8.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>9.9</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>13.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-A698-407B-A7D3-D68BC9D2E82B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=5958)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=4602)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=4973)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=5775)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=4891)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=4726)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=4710)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=4152)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8531,61 +7865,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3869)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3895)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3479)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3325)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3714)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3837)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3831)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3701)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=3572)</c:v>
+                  <c:v>2025 (N=3932)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=308)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.4000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4.2</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>5.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8597,91 +7934,94 @@
                 <c:pt idx="10">
                   <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>4.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>3.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>8.1</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>9</c:v>
+                  <c:v>8.9</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>9.1999999999999993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-A698-407B-A7D3-D68BC9D2E82B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI2</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=5958)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=4602)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=4973)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=5775)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=4891)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=4726)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=4710)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=4152)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8693,61 +8033,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3869)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3895)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3479)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3325)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3714)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3837)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3831)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3701)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=3572)</c:v>
+                  <c:v>2025 (N=3932)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=308)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>7.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.2</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8759,51 +8102,54 @@
                 <c:pt idx="10">
                   <c:v>7.2</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>4.9000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>8.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>10.1</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>9.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>10.9</c:v>
+                  <c:v>10.8</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>16.7</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-A698-407B-A7D3-D68BC9D2E82B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="127858176"/>
         <c:axId val="127859712"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="127858176"/>
@@ -9076,107 +8422,129 @@
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="5.6644796461318252E-2"/>
                       <c:h val="6.6713005565358016E-2"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-5909-4DD2-A649-FD963419501F}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-1.118293000812407E-16"/>
-                  <c:y val="-2.6953245552075476E-2"/>
+                  <c:x val="8.6078736341528225E-3"/>
+                  <c:y val="-3.2909763906125274E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-FCAB-464F-9D56-479A0FBDDC29}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="19"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.9649028052467949E-2"/>
+                  <c:y val="-4.4822800614224917E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-DDA1-4165-9994-D8FA59C57225}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=5956)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=4592)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=4957)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=5767)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=4890)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=4726)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=4480)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=3974)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9188,61 +8556,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3724)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3778)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3376)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3221)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3532)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3584)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3659)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3606)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=3474)</c:v>
+                  <c:v>2025 (N=3829)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=304)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>42.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>39.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>37</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>33.5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>34.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>38.5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>37.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9254,91 +8625,94 @@
                 <c:pt idx="10">
                   <c:v>34.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>30.1</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>29.1</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>36.1</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>37</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>36.1</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>35.200000000000003</c:v>
+                  <c:v>35.299999999999997</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>36.4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-F694-4BB8-95F5-771162A7382A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=5956)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=4592)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=4957)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=5767)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=4890)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=4726)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=4480)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=3974)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9350,61 +8724,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3724)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3778)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3376)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3221)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3532)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3584)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3659)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3606)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=3474)</c:v>
+                  <c:v>2025 (N=3829)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=304)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>43.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>41.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>38.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>37.1</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>34.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>39.9</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>38.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9417,90 +8794,93 @@
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>31.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>30.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>37.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>39.4</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>38.6</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>37.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>39.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>36.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>41.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-F694-4BB8-95F5-771162A7382A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=5956)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=4592)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=4957)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=5767)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=4890)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=4726)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=4480)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=3974)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9512,61 +8892,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=3724)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=3778)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=3376)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=3221)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=3532)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=3584)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=3659)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=3606)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=3474)</c:v>
+                  <c:v>2025 (N=3829)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=304)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>41.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>38.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>35.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>34.6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>33.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>37.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9578,51 +8961,54 @@
                 <c:pt idx="10">
                   <c:v>32.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>28.7</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>27.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>34.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>36.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>35.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>36.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>33.6</c:v>
+                  <c:v>33.799999999999997</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>31.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-F694-4BB8-95F5-771162A7382A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="42242432"/>
         <c:axId val="42243200"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="42242432"/>
@@ -9786,53 +9172,53 @@
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=2533)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=1830)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=1832)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=2068)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=1637)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=1627)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=1729)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=1485)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9844,61 +9230,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1276)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1139)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=984)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1163)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1334)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1326)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1321)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1361)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=1222)</c:v>
+                  <c:v>2025 (N=1353)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=111)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>14.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>13.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>13.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>13.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>15.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -9910,91 +9299,94 @@
                 <c:pt idx="10">
                   <c:v>17.8</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>16.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>21.5</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>24.6</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>24.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>27.1</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>29.1</c:v>
+                  <c:v>28.6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>36.5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-BF3B-44F1-99F4-841CB503C719}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=2533)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=1830)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=1832)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=2068)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=1637)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=1627)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=1729)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=1485)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10006,61 +9398,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1276)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1139)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=984)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1163)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1334)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1326)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1321)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1361)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=1222)</c:v>
+                  <c:v>2025 (N=1353)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=111)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>17.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>15.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>15.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>15.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>19.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>17.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10072,91 +9467,94 @@
                 <c:pt idx="10">
                   <c:v>19.899999999999999</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>18.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>16.3</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>23.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>27</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>28.4</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>26.8</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>29.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>31.6</c:v>
+                  <c:v>31.1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>45</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BF3B-44F1-99F4-841CB503C719}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=2533)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=1830)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=1832)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=2068)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=1637)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=1627)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=1729)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=1485)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10168,61 +9566,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=1276)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=1139)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=984)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=1163)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=1334)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=1326)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=1321)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=1361)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=1222)</c:v>
+                  <c:v>2025 (N=1353)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=111)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>12.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>14.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10234,51 +9635,54 @@
                 <c:pt idx="10">
                   <c:v>15.7</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>14.3</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>11.9</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>19.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>22.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>23.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>22.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>24.8</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>26.5</c:v>
+                  <c:v>26.3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>27.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-BF3B-44F1-99F4-841CB503C719}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="42293504"/>
         <c:axId val="42303488"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="42293504"/>
@@ -10397,89 +9801,111 @@
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Value</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="9900CC"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
+            <c:dLbl>
+              <c:idx val="19"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.7461337301023611E-2"/>
+                  <c:y val="-8.9496667281860773E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-16D7-4CC7-9635-87D7DDD06C1F}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="t"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=1075)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=851)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=895)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=1017)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=781)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=774)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=743)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=660)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10491,61 +9917,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=633)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=626)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=510)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=567)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=614)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=574)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=561)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=612)</c:v>
+                  <c:v>2025 (N=682)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=56)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$20</c:f>
+              <c:f>Sheet1!$B$2:$B$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>50.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>45.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>44.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>39.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>40.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>38.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10557,91 +9986,94 @@
                 <c:pt idx="10">
                   <c:v>32.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>32.299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>27.7</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>48.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>50.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>47.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>48.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>49.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>43.5</c:v>
+                  <c:v>44.1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>35.200000000000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Upper 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=1075)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=851)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=895)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=1017)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=781)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=774)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=743)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=660)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10653,61 +10085,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=633)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=626)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=510)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=567)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=614)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=574)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=561)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=612)</c:v>
+                  <c:v>2025 (N=682)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=56)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$20</c:f>
+              <c:f>Sheet1!$C$2:$C$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>53.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>48.8</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>48.2</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>44.7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>42.6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>42.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>44.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>41.9</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10719,91 +10154,94 @@
                 <c:pt idx="10">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>35.9</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>31.5</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>52.7</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>54.9</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>51.8</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>52.5</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>53.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>47.7</c:v>
+                  <c:v>47.9</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>48.3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lower 95% CI</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225">
               <a:solidFill>
                 <a:srgbClr val="CC99FF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$20</c:f>
+              <c:f>Sheet1!$A$2:$A$21</c:f>
               <c:strCache>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>2007 (N=1075)</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008 (N=851)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009 (N=895)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010 (N=1017)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011 (N=781)</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012 (N=774)</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013 (N=743)</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014 (N=660)</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10815,61 +10253,64 @@
                 <c:pt idx="10">
                   <c:v>2017 (N=633)</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018 (N=626)</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019 (N=510)</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020 (N=542)</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021 (N=567)</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022 (N=614)</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023 (N=574)</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024 (N=561)</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2025 Nov (N=612)</c:v>
+                  <c:v>2025 (N=682)</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2026-Jan (N=56)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$2:$D$20</c:f>
+              <c:f>Sheet1!$D$2:$D$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="19"/>
+                <c:ptCount val="20"/>
                 <c:pt idx="0">
                   <c:v>47.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>42.1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>38.700000000000003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>35.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>35.6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>37.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>34.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -10881,51 +10322,54 @@
                 <c:pt idx="10">
                   <c:v>28.6</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>28.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>23.8</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>44.3</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>46.7</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>43.9</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>44.3</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>45.4</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>39.5</c:v>
+                  <c:v>40.4</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>23.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-FF56-400C-A340-16353C7D8D15}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="122263040"/>
         <c:axId val="122264576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="122263040"/>
@@ -17339,51 +16783,51 @@
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5128" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4897235" y="4830763"/>
+            <a:off x="4897236" y="4830763"/>
             <a:ext cx="3793026" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
@@ -17519,67 +16963,67 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Last updated: 5</a:t>
+              <a:t>Last updated: 10</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>th</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> December 2025</a:t>
+              <a:t> February 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-GB" altLang="en-US" sz="1800" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333399"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
@@ -17734,51 +17178,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Tried to stop smoking in past year (aged 18-24)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2437642035"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2008475895"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17909,51 +17353,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Success rate for stopping in those aged 18-24 who tried</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1985143940"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4058566811"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18084,51 +17528,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Uptake: prevalence of ever smoking in those aged 18-24</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1679734712"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="145725639"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18432,51 +17876,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Cigarette smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="43848746"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3528238500"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18607,51 +18051,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3483410740"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1542001958"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18788,51 +18232,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Change in cigarette smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2729132647"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3092155632"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8229600" cy="4525963"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18930,51 +18374,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Cigarette smoking prevalence in </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>18-to-21-year-olds</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3304470951"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="690268093"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19112,51 +18556,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Cigarette smoking prevalence in </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>16-to-17-year-olds</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1060331664"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3501023248"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323557" y="1600200"/>
           <a:ext cx="8370277" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19287,51 +18731,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Stopped smoking in past 12 months</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117905566"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2481827913"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8250702" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19462,51 +18906,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Tried to stop smoking in past year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1074747323"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3026789233"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="337625" y="1600201"/>
           <a:ext cx="8328073" cy="4264236"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -19642,51 +19086,51 @@
             <a:off x="457200" y="274638"/>
             <a:ext cx="7143750" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Success rate for stopping in those who tried</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="157834232"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="318460440"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8321040" cy="4264237"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21089,52 +20533,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -21331,81 +20775,81 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C732F272-75DA-424D-B4EE-9DAB72323132}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D050CBE3-1E2F-4C4E-BB31-9F031A2B5343}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78F7E1D5-B2C9-4021-BC9D-17FD4422D3D0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A6B7FCA-06EF-4A7D-BE43-38E9F4308512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1faf88fe-a998-4c5b-93c9-210a11d9a5c2}" enabled="0" method="" siteId="{1faf88fe-a998-4c5b-93c9-210a11d9a5c2}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>688</Words>
+  <Words>692</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>123</Paragraphs>
+  <Paragraphs>127</Paragraphs>
   <Slides>13</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>