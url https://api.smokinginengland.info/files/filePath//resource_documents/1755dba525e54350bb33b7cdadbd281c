--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -1,45 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A7B5CF2" w14:textId="77777777" w:rsidR="00ED1433" w:rsidRDefault="00ED1433" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1156,407 +1161,376 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="085B27BD" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06C93FE7" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3438C67B" w14:textId="2265F57B" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="3438C67B" w14:textId="2265F57B" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[IF Q632A1_NOT=3</w:t>
       </w:r>
-      <w:r w:rsidR="005E7B91" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005E7B91" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_ENGLAND ONLY</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="005401FF" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005401FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oct – Feb 25 only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01233BEC" w14:textId="414C8DD9" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
+    <w:p w14:paraId="01233BEC" w14:textId="414C8DD9" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>QIMW2116_0</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2468" w:rsidRPr="0018368C">
+      <w:r w:rsidR="00FF2468" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2. Can I check, are you using any of the following?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBE7B0A" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="3FBE7B0A" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="09831238" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09831238" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DP: MULTI CODE / RANDOMISE 1-7)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045E9649" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="045E9649" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3BB81AE1" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BB81AE1" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1.      Pipe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EBF199" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="20EBF199" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2.      Cigar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A0357B" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="16A0357B" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>3.      Cigarillo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B305A52" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="1B305A52" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>4.      Shisha/Waterpipe/Hookah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2905BCD4" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="2905BCD4" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>5.      Bidis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C29DDF7" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="5C29DDF7" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>6.      Chewing tobacco/Paan/Gutka/Snuff/Dip</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D353B79" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="4D353B79" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>7.      Snus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E377CA2" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="0E377CA2" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">8.      None of these </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(SINGLE CODE)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B50701" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">9.      Don’t know </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DA7507" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75896D73" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00FF2468" w:rsidRDefault="00FF2468" w:rsidP="00FF2468"/>
     <w:p w14:paraId="4C88CFBB" w14:textId="77777777" w:rsidR="003C35C5" w:rsidRPr="0045487B" w:rsidRDefault="003C35C5" w:rsidP="003C35C5">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -1923,380 +1897,356 @@
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447E8E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Other (please specify)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6596F453" w14:textId="77777777" w:rsidR="00491140" w:rsidRPr="00491140" w:rsidRDefault="00491140" w:rsidP="00491140">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68381905" w14:textId="4B24C2BC" w:rsidR="00D46DA4" w:rsidRPr="00B56372" w:rsidRDefault="00D46DA4" w:rsidP="00D46DA4"/>
-    <w:p w14:paraId="4EB68F7F" w14:textId="3CF59882" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="4EB68F7F" w14:textId="3CF59882" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[IF Q632A1 = 3</w:t>
       </w:r>
-      <w:r w:rsidR="005E7B91" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005E7B91" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_ENGLAND ONLY</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="005401FF" w:rsidRPr="0018368C">
+      <w:r w:rsidR="005401FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oct – Feb 25 Only) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CABECF4" w14:textId="6A0813D1" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
+    <w:p w14:paraId="4CABECF4" w14:textId="6A0813D1" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00F662A1" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:color w:val="4BACC6" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>QIMW2116_01</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2468" w:rsidRPr="0018368C">
+      <w:r w:rsidR="00FF2468" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> Can I check, are you using any of the following?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAE2E92" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="7AAE2E92" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="073D8064" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="073D8064" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DP: MULTI CODE / RANDOMISE 1-2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D733ECA" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
+    <w:p w14:paraId="5D733ECA" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00FF2468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="293CA9A5" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="293CA9A5" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Chewing tobacco/Paan/Gutka/Snuff/Dip</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1744E5C0" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="1744E5C0" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Snus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492EC32D" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="492EC32D" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">None of these </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(SINGLE CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220279AE" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="0018368C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
+    <w:p w14:paraId="220279AE" w14:textId="77777777" w:rsidR="00FF2468" w:rsidRPr="00C12F2C" w:rsidRDefault="00FF2468" w:rsidP="00F23973">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0018368C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0018368C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4F920B" w14:textId="73A2917A" w:rsidR="00D46DA4" w:rsidRPr="00B56372" w:rsidRDefault="00D46DA4" w:rsidP="00D46DA4"/>
     <w:p w14:paraId="6CB1F783" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="003D7A41">
       <w:pPr>
         <w:pStyle w:val="EOQ"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="504CBD26" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="003D7A41">
@@ -5995,354 +5945,346 @@
       <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
       <w:r w:rsidR="00E77265">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77265" w:rsidRPr="00E77265">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>or 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Q632E1 = CODES 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 10</w:t>
+      </w:r>
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00233666">
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Q632E1 = CODES 1-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
+        <w:t>NEWW53A = CODES 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
-      <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00233666">
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77265" w:rsidRPr="00E77265">
+        <w:t xml:space="preserve">13 </w:t>
+      </w:r>
+      <w:r w:rsidR="009328D1" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E77265">
+        </w:rPr>
+        <w:t>QIMW86_1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6181" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        <w:t xml:space="preserve"> = CODES </w:t>
+      </w:r>
+      <w:r w:rsidR="009328D1" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">or </w:t>
-[...100 lines deleted...]
-        </w:rPr>
         <w:t>1-</w:t>
       </w:r>
-      <w:r w:rsidR="000424C8" w:rsidRPr="00E77265">
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00E77265">
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E77265" w:rsidRPr="00E77265">
+      <w:r w:rsidR="00E77265" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">9 </w:t>
       </w:r>
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00E77265">
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>or 10</w:t>
       </w:r>
-      <w:r w:rsidR="000424C8" w:rsidRPr="00233666">
+      <w:r w:rsidR="000424C8" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00EF6181" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>THEN</w:t>
+      </w:r>
       <w:r w:rsidR="00EF6181" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>THEN ASK Q632E67</w:t>
+        <w:t xml:space="preserve"> ASK Q632E67</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00F51B4A" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11</w:t>
+      </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44266445" w14:textId="26EF83EB" w:rsidR="00860EB2" w:rsidRPr="00233666" w:rsidRDefault="00860EB2" w:rsidP="00507D51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE180F0" w14:textId="77777777" w:rsidR="00FF0969" w:rsidRPr="00233666" w:rsidRDefault="00FF0969" w:rsidP="00FF0969">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
@@ -6928,299 +6870,256 @@
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk199515320"/>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IF Q632E37 = CODES 1-8</w:t>
       </w:r>
       <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR</w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13 or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Q632E1 = CODES 1-8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233666">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> OR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="BFBFBF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00233666">
+        </w:rPr>
+        <w:t xml:space="preserve">13 OR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Q632E1 = CODES 1-8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB126C" w:rsidRPr="00233666">
+        <w:t>NEWW53A = CODES 1-8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00233666">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="007048FF">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve">13 OR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">OR </w:t>
-[...84 lines deleted...]
-      <w:r w:rsidRPr="007048FF">
+        <w:t>QIMW86_1 = CODES 1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>or 10 THEN ASK Q632E68</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9B4422" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="007105FF" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4CD53A52" w14:textId="61EEB634" w:rsidR="00454BB3" w:rsidRPr="00233666" w:rsidRDefault="004C2C1E" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
@@ -7589,174 +7488,151 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4234AD10" w14:textId="4F1721ED" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk199515337"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">IF Q632E37 = CODES 1-8 or 10 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+        <w:t xml:space="preserve">IF Q632E37 = CODES 1-8 or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F2859">
+        <w:t xml:space="preserve">or 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OR Q632E1 = CODES 1-8 or 10 </w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve">or 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F2859">
+        <w:t xml:space="preserve">OR NEWW53A = CODES 1-8 or 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">OR NEWW53A = CODES 1-8 or 10 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+        <w:t xml:space="preserve">or 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OR QIMW86_1 = CODES 1-</w:t>
       </w:r>
-      <w:r w:rsidRPr="007048FF">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="007048FF" w:rsidRPr="007048FF">
+      <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007048FF">
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>or 10 THEN</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>or 10 THEN ASK Q632E68</w:t>
+        <w:t xml:space="preserve"> ASK Q632E68</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D51A87C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QIMW144_01</w:t>
       </w:r>
@@ -7767,53 +7643,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E8179E" w14:textId="302B0453" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -8702,51 +8579,73 @@
     <w:p w14:paraId="1ED27BB2" w14:textId="77777777" w:rsidR="00454BB3" w:rsidRPr="00D4700F" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>I REALLY want to stop smoking but I don't know when I will</w:t>
+        <w:t xml:space="preserve">I REALLY want to stop </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D4700F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>smoking</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D4700F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I don't know when I will</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE01776" w14:textId="77777777" w:rsidR="00454BB3" w:rsidRPr="00D4700F" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11821,67 +11720,97 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EDAEFBE" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793F5ABF" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33A02E75" w14:textId="402C2976" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="33A02E75" w14:textId="28FA06AA" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045487B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ASK ALL IN ENGLAND AND SMOKED IN PAST YEAR [IF GORE=1-9 AND Q632a1=1/2/3/4]</w:t>
+        <w:t xml:space="preserve">ASK ALL IN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ENGLAND</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E88" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045487B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND SMOKED IN PAST YEAR [IF GORE=1-9 AND Q632a1=1/2/3/4]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23231220" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045487B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SWAP1. 'Swap to Stop' is a program to help people stop smoking. It gives participants a free e-cigarette / vape starter kit and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0045487B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -17821,51 +17750,62 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415BDD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00415BDD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. The Coronavirus outbreak</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The Coronavirus outbreak</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A81C871" w14:textId="3F389A07" w:rsidR="005F7642" w:rsidRPr="005F7642" w:rsidRDefault="00D4700F" w:rsidP="005F7642">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006729B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
@@ -20404,53 +20344,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4655FC" w14:textId="72279365" w:rsidR="000E5985" w:rsidRPr="00233666" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -21860,143 +21801,131 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EBAFFBC" w14:textId="1E3F6C84" w:rsidR="004B4E60" w:rsidRPr="000678C5" w:rsidRDefault="004B4E60" w:rsidP="000678C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>{OPEN FILTER AE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B46AB2F" w14:textId="650C8905" w:rsidR="004B4E60" w:rsidRPr="00D4700F" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
+    <w:p w14:paraId="7B46AB2F" w14:textId="650C8905" w:rsidR="004B4E60" w:rsidRPr="00C12F2C" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ASK ALL CURRENT SMOKERS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F0C99">
+        <w:t xml:space="preserve">ASK ALL CURRENT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F0C99" w:rsidRPr="003F0C99">
+        <w:t>SMOKERS</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0C99" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D4700F">
+        </w:rPr>
+        <w:t xml:space="preserve"> AND PAST YEAR SMOKERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – CODES 1,2 OR 3 </w:t>
       </w:r>
-      <w:r w:rsidR="005A4D7E" w:rsidRPr="005A4D7E">
+      <w:r w:rsidR="005A4D7E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005A4D7E">
+        </w:rPr>
+        <w:t xml:space="preserve">OR 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>AT Q632a1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DF8D01" w14:textId="77777777" w:rsidR="004B4E60" w:rsidRPr="00D4700F" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>AT Q632a1</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D4700F">
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QIMW982.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F315FA4" w14:textId="7F00E06E" w:rsidR="004B4E60" w:rsidRPr="00D4700F" w:rsidRDefault="004B4E60" w:rsidP="004B4E60">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B1CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -22230,80 +22159,82 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65ADA492" w14:textId="7006F95F" w:rsidR="000A3720" w:rsidRPr="000678C5" w:rsidRDefault="000A3720" w:rsidP="000678C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>{OPEN FILTER AH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518F705F" w14:textId="36BEC511" w:rsidR="000A3720" w:rsidRPr="006B4449" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
+    <w:p w14:paraId="518F705F" w14:textId="36BEC511" w:rsidR="000A3720" w:rsidRPr="00DD7E88" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="007105FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D6C59B" w14:textId="43705B04" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk95143747"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -22350,78 +22281,75 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 OR</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> QIMW86_1 = 6 </w:t>
       </w:r>
       <w:r w:rsidR="008C3E53" w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">OR </w:t>
       </w:r>
-      <w:r w:rsidR="008C3E53" w:rsidRPr="00C97297">
+      <w:r w:rsidR="008C3E53" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00C97297">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C3E53" w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -22631,214 +22559,202 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="306C9F48" w14:textId="3CA84470" w:rsidR="008C3E53" w:rsidRPr="001F2859" w:rsidRDefault="008C3E53" w:rsidP="008C3E53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IF Q632E37 = 6 OR Q632E1 = 6 OR NEWW53A = 6 OR QIMW86_1 = 6 ASK QIMW118_3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744C7724" w14:textId="34CB08D0" w:rsidR="0034371E" w:rsidRPr="001F2859" w:rsidRDefault="0034371E" w:rsidP="0034371E">
+    <w:p w14:paraId="744C7724" w14:textId="34CB08D0" w:rsidR="0034371E" w:rsidRPr="00C12F2C" w:rsidRDefault="0034371E" w:rsidP="0034371E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">IF Q632E37 = 10 OR Q632E1 = 10 OR NEWW53A = 10 OR QIMW86_1 = </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C97297">
+        <w:t xml:space="preserve">IF Q632E37 = 10 OR Q632E1 = 10 OR NEWW53A = 10 OR QIMW86_1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C97297">
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">AND </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Q632E37/Q632E1/NEWW53A/QIMW86_1= NOT 6 THEN DO NOT ASK QIMW118_3 BUT AUTOCODE AS CODE 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375FE121" w14:textId="77777777" w:rsidR="0034371E" w:rsidRPr="001F2859" w:rsidRDefault="0034371E" w:rsidP="008C3E53">
+    <w:p w14:paraId="375FE121" w14:textId="77777777" w:rsidR="0034371E" w:rsidRPr="00C12F2C" w:rsidRDefault="0034371E" w:rsidP="008C3E53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B533AF7" w14:textId="7E1F5B13" w:rsidR="00FE151D" w:rsidRPr="001F2859" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidR="00222784">
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00222784" w:rsidRPr="004536AC">
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(August, September, November, </w:t>
       </w:r>
-      <w:r w:rsidR="00737408" w:rsidRPr="004536AC">
+      <w:r w:rsidR="00737408" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00222784" w:rsidRPr="004536AC">
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>December 2024 ONLY</w:t>
       </w:r>
-      <w:r w:rsidR="004536AC">
-[...18 lines deleted...]
-      <w:r w:rsidR="00222784">
+      <w:r w:rsidR="004536AC" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, continuing in 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00222784" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D8ECA1F" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -23082,53 +22998,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760474F8" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4B6BD9" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -23339,150 +23256,148 @@
         </w:rPr>
         <w:t>Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C0CFE5" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C29845F" w14:textId="38CF704A" w:rsidR="008C3E53" w:rsidRPr="00B56372" w:rsidRDefault="008C3E53" w:rsidP="008C3E53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F2859">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">IF Q632E37 = 6 OR 10 OR Q632E1 = 6 OR 10 OR NEWW53A = 6 OR 10 OR QIMW86_1 = 6 OR </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C97297">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C97297">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C97297" w:rsidRPr="00C97297">
+      <w:r w:rsidR="00C97297" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C97297">
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ASK</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ASK QIMW118_5</w:t>
+        <w:t xml:space="preserve"> QIMW118_5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDA1EB4" w14:textId="77777777" w:rsidR="0041019F" w:rsidRDefault="0041019F" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CD5ABE2" w14:textId="3586CFAE" w:rsidR="00FE151D" w:rsidRPr="00A7187C" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B4449">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00DD7E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F0901E" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFCA198" w14:textId="75547282" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -24150,981 +24065,896 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA2850E" w14:textId="77777777" w:rsidR="0041019F" w:rsidRDefault="0041019F" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D3814AA" w14:textId="77777777" w:rsidR="0041019F" w:rsidRDefault="0041019F" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B943270" w14:textId="5090CDA1" w:rsidR="00F935C6" w:rsidRPr="00951120" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+    <w:p w14:paraId="0B943270" w14:textId="5090CDA1" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00951120">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ASK ALL IN ENGLAND</w:t>
       </w:r>
-      <w:r w:rsidR="004123A6" w:rsidRPr="00951120">
+      <w:r w:rsidR="004123A6" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> AND PAST YEAR SMOKERS [IF Q632A1=1-4]</w:t>
       </w:r>
-      <w:r w:rsidR="0041019F" w:rsidRPr="00951120">
+      <w:r w:rsidR="0041019F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Nov-</w:t>
       </w:r>
-      <w:r w:rsidR="00612E22" w:rsidRPr="00951120">
+      <w:r w:rsidR="00612E22" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Feb</w:t>
       </w:r>
-      <w:r w:rsidR="0041019F" w:rsidRPr="00951120">
+      <w:r w:rsidR="0041019F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25 only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB83E52" w14:textId="6A153C5D" w:rsidR="00F935C6" w:rsidRPr="00951120" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+    <w:p w14:paraId="4EB83E52" w14:textId="6A153C5D" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>QIMW217_01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DF1C2A" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>How much of the time in the last month have you spent thinking about the harms of smoking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B753876" w14:textId="3D2E50EE" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(DP: SINGLE CODE, FORWARD/REVERSE</w:t>
+      </w:r>
+      <w:r w:rsidR="00382CBD" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58484F5F" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6919E0BA" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>1. I don't believe smoking is harmful</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CF2B05" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>2. Not at all</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B2246D" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>3. A little of the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2C399F" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>4. Some of the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAB624D" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>5. A lot of the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE70023" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRPr="00C12F2C" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>6. All the time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BF3415" w14:textId="63D87752" w:rsidR="004123A6" w:rsidRPr="00951120" w:rsidRDefault="004123A6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>7. Don’t know</w:t>
+      </w:r>
+      <w:r w:rsidR="00612E22" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00382CBD" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>DO NOT READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00612E22" w:rsidRPr="00C12F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409A4C10" w14:textId="77777777" w:rsidR="00F935C6" w:rsidRDefault="00F935C6" w:rsidP="00F935C6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75EAC6FC" w14:textId="77777777" w:rsidR="00521147" w:rsidRPr="00521147" w:rsidRDefault="00521147" w:rsidP="00521147">
+      <w:pPr>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00951120">
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk192068788"/>
+      <w:r w:rsidRPr="00521147">
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE09FEA" w14:textId="77777777" w:rsidR="00521147" w:rsidRPr="00521147" w:rsidRDefault="00521147" w:rsidP="00521147">
+      <w:pPr>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>How much of the time in the last month have you spent thinking about the harms of smoking?</w:t>
-[...294 lines deleted...]
-    <w:p w14:paraId="1EDBF1A8" w14:textId="3605B624" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDBF1A8" w14:textId="3605B624" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A7187C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK IF Q632E37 = 6 OR 10 OR Q632E1 = 6 OR 10 OR NEWW53A = 6 OR 10 OR QIMW86_1 = 6 OR </w:t>
       </w:r>
-      <w:r w:rsidR="00926C8C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00926C8C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">OR </w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Q632</w:t>
       </w:r>
-      <w:r w:rsidR="0083602C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0083602C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>40=14 OR 21</w:t>
       </w:r>
-      <w:r w:rsidR="00D00D8F" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00D00D8F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Q632e41=1</w:t>
       </w:r>
-      <w:r w:rsidR="0083602C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0083602C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00D00D8F" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00D00D8F" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="0083602C" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0083602C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="00E8135D" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00E8135D" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A7187C">
+        </w:rPr>
+        <w:t>(England only</w:t>
+      </w:r>
+      <w:r w:rsidR="004259BD" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004259BD" w:rsidRPr="00A7187C">
+        </w:rPr>
+        <w:t xml:space="preserve"> – March – June 25 only)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="76D26EC7" w14:textId="0CB4FE9A" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00550BA2" w:rsidP="00521147">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...8 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACF55D5" w14:textId="0F70D96A" w:rsidR="00D416DA" w:rsidRPr="00A7187C" w:rsidRDefault="00D416DA" w:rsidP="00521147">
+    <w:p w14:paraId="1ACF55D5" w14:textId="0F70D96A" w:rsidR="00D416DA" w:rsidRPr="00C12F2C" w:rsidRDefault="00D416DA" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk189496731"/>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>QIMW221_01</w:t>
       </w:r>
-      <w:r w:rsidR="00550BA2" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="00550BA2" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F0C3B4" w14:textId="13ED89E2" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="01F0C3B4" w14:textId="13ED89E2" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Has there ever been a situation where you had a vape and suspected that it contained a substance that you didn't mean to use (other than nicotine), or not?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20112276" w14:textId="72B97683" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="0065037E" w:rsidP="00521147">
+    <w:p w14:paraId="20112276" w14:textId="72B97683" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="0065037E" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>DP MULTICODE 2-6 – RANDOMISE CODES 2-4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C63D1FD" w14:textId="0ED78448" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="4C63D1FD" w14:textId="0ED78448" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>No - there has never been a situation like that</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DP: SINGLE CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7BAC4B" w14:textId="1DBAA8A4" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="2C7BAC4B" w14:textId="1DBAA8A4" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - cannabis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8D7F15" w14:textId="0ABBF25D" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="1F8D7F15" w14:textId="0ABBF25D" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - a synthetic cannabinoid such as "Spice"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12510732" w14:textId="48705200" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="12510732" w14:textId="48705200" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes - an opioid such as morphine, heroin or a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>nitazene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="498DD657" w14:textId="11822513" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="498DD657" w14:textId="11822513" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - another substance (please specify)</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> FIX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6164A4E4" w14:textId="2A2C3823" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="6164A4E4" w14:textId="2A2C3823" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Yes - unsure which substance</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> FIX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D169E22" w14:textId="50047274" w:rsidR="00521147" w:rsidRPr="00A7187C" w:rsidRDefault="00521147" w:rsidP="00521147">
+    <w:p w14:paraId="6D169E22" w14:textId="50047274" w:rsidR="00521147" w:rsidRPr="00C12F2C" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A7187C">
+      <w:r w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Prefer not to say</w:t>
       </w:r>
-      <w:r w:rsidR="0065037E" w:rsidRPr="00A7187C">
+      <w:r w:rsidR="0065037E" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:strike/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DP: SINGLE CODE)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="17BD805B" w14:textId="77777777" w:rsidR="00521147" w:rsidRPr="00521147" w:rsidRDefault="00521147" w:rsidP="00521147">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521147">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -25216,246 +25046,301 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>CLOSE FILTER AD}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED4F60" w14:textId="77777777" w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidRDefault="008E17E5" w:rsidP="00A42F73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidSect="00AF3981">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02AC8204" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{CF730E0B-BE60-43D7-8C26-34BA381EB07A}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{FA8FC2C6-2848-4707-8E26-54F93863A7FC}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{65E30C01-B75C-4617-81E3-D007E25C1774}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{4ECCA316-8B0C-43FE-94B5-D445746F361E}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{91DABF7D-749F-47EC-8C13-58FA50ADC66A}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{58549EF4-96E6-4252-B327-F92CC3187A64}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{8399D147-6540-4DAE-ADCF-7E81191C4BC4}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{8466C448-E465-4C0F-AFA3-E168EB3B6331}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{E65B1FF5-2980-4CF0-8BE6-6F2AC45019A3}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{05718046-7EC1-461F-BD6A-BA38E9934409}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{E4ACF8B5-1DDB-4846-99BD-B1C1C3A5AF26}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{F70EF9FD-B4CA-411D-9B3B-2B5FE53B847C}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{2DC09EBB-A3B1-4105-8B57-B2467993151E}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{3069B97D-D966-41F3-B87A-C4F0C2581447}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{EEE8DEA4-1DB7-40BE-86AC-C278058D8B28}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{74842D51-0616-4D49-AB1A-B90CB24A15B7}"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3463B4D8" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37A9BAE9" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D37CC05" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="240B6145" w14:textId="0A3ED23B" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="62167F2C" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="240B6145" w14:textId="3B71F378" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="00AD5845">
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>9498</w:t>
     </w:r>
     <w:r>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="000F3ADD">
-      <w:t>32</w:t>
+    <w:r w:rsidR="00DD7E88">
+      <w:t>40</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="000F3ADD">
       <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38BDE970" w14:textId="77777777" w:rsidR="000F3ADD" w:rsidRDefault="000F3ADD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1E44D7F3" w14:textId="77777777" w:rsidR="0065037E" w:rsidRDefault="0065037E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B26A4B8" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00281BA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B7E655C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -30172,51 +30057,51 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2022468673">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2070689878">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1087653405">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1312636631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1445151448">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1590507486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="50"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -30327,50 +30212,51 @@
     <w:rsid w:val="0025201B"/>
     <w:rsid w:val="00252C27"/>
     <w:rsid w:val="002676C8"/>
     <w:rsid w:val="00267F1C"/>
     <w:rsid w:val="0027180E"/>
     <w:rsid w:val="002768AD"/>
     <w:rsid w:val="00280224"/>
     <w:rsid w:val="0028638C"/>
     <w:rsid w:val="002922FC"/>
     <w:rsid w:val="00293ECB"/>
     <w:rsid w:val="002970B6"/>
     <w:rsid w:val="00297EC6"/>
     <w:rsid w:val="002A1BE7"/>
     <w:rsid w:val="002A2902"/>
     <w:rsid w:val="002A615F"/>
     <w:rsid w:val="002B1073"/>
     <w:rsid w:val="002B1ADB"/>
     <w:rsid w:val="002B30A7"/>
     <w:rsid w:val="002B33DC"/>
     <w:rsid w:val="002B4804"/>
     <w:rsid w:val="002C0653"/>
     <w:rsid w:val="002C24C7"/>
     <w:rsid w:val="002C28F4"/>
     <w:rsid w:val="002D21BD"/>
     <w:rsid w:val="002E1019"/>
+    <w:rsid w:val="002E30A4"/>
     <w:rsid w:val="002E3148"/>
     <w:rsid w:val="002F0F82"/>
     <w:rsid w:val="002F1E93"/>
     <w:rsid w:val="002F73B0"/>
     <w:rsid w:val="00303F34"/>
     <w:rsid w:val="00331E44"/>
     <w:rsid w:val="00334DDB"/>
     <w:rsid w:val="0033696A"/>
     <w:rsid w:val="0034371E"/>
     <w:rsid w:val="00344485"/>
     <w:rsid w:val="0034509A"/>
     <w:rsid w:val="00355062"/>
     <w:rsid w:val="00355582"/>
     <w:rsid w:val="00355DA5"/>
     <w:rsid w:val="0036220A"/>
     <w:rsid w:val="0037237F"/>
     <w:rsid w:val="0038004D"/>
     <w:rsid w:val="00382CBD"/>
     <w:rsid w:val="00385D70"/>
     <w:rsid w:val="0039254E"/>
     <w:rsid w:val="00393F56"/>
     <w:rsid w:val="003A13F8"/>
     <w:rsid w:val="003A14C2"/>
     <w:rsid w:val="003A3892"/>
     <w:rsid w:val="003A4791"/>
@@ -30592,94 +30478,96 @@
     <w:rsid w:val="009B05A4"/>
     <w:rsid w:val="009B3280"/>
     <w:rsid w:val="009B72A6"/>
     <w:rsid w:val="009C4E31"/>
     <w:rsid w:val="009C6295"/>
     <w:rsid w:val="009D4044"/>
     <w:rsid w:val="009D7E88"/>
     <w:rsid w:val="00A0630F"/>
     <w:rsid w:val="00A125B8"/>
     <w:rsid w:val="00A137DF"/>
     <w:rsid w:val="00A22212"/>
     <w:rsid w:val="00A32A68"/>
     <w:rsid w:val="00A33BD5"/>
     <w:rsid w:val="00A411CF"/>
     <w:rsid w:val="00A42F73"/>
     <w:rsid w:val="00A566CB"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64C96"/>
     <w:rsid w:val="00A7187C"/>
     <w:rsid w:val="00A75638"/>
     <w:rsid w:val="00A77382"/>
     <w:rsid w:val="00A831CF"/>
     <w:rsid w:val="00A858DE"/>
     <w:rsid w:val="00A87106"/>
     <w:rsid w:val="00A95747"/>
+    <w:rsid w:val="00AC3F6C"/>
     <w:rsid w:val="00AC626C"/>
     <w:rsid w:val="00AD22F4"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00AD5692"/>
     <w:rsid w:val="00AD5845"/>
     <w:rsid w:val="00AD65CC"/>
     <w:rsid w:val="00AD7D6D"/>
     <w:rsid w:val="00AF2AC8"/>
     <w:rsid w:val="00AF3981"/>
     <w:rsid w:val="00AF5C08"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B11858"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B135EB"/>
     <w:rsid w:val="00B16834"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B246C0"/>
     <w:rsid w:val="00B2502B"/>
     <w:rsid w:val="00B2561B"/>
     <w:rsid w:val="00B3317F"/>
     <w:rsid w:val="00B4265C"/>
     <w:rsid w:val="00B56372"/>
     <w:rsid w:val="00B6450B"/>
     <w:rsid w:val="00B679BF"/>
     <w:rsid w:val="00B739A8"/>
     <w:rsid w:val="00B76832"/>
     <w:rsid w:val="00B84A70"/>
     <w:rsid w:val="00B852D1"/>
     <w:rsid w:val="00B91906"/>
     <w:rsid w:val="00B930BD"/>
     <w:rsid w:val="00B94678"/>
     <w:rsid w:val="00BA4A43"/>
     <w:rsid w:val="00BB45AA"/>
     <w:rsid w:val="00BC62B5"/>
     <w:rsid w:val="00BC6BBC"/>
     <w:rsid w:val="00BE5013"/>
     <w:rsid w:val="00BE7F67"/>
     <w:rsid w:val="00BF3F3C"/>
     <w:rsid w:val="00BF70E1"/>
     <w:rsid w:val="00BF71D2"/>
     <w:rsid w:val="00C04BFC"/>
     <w:rsid w:val="00C04D02"/>
     <w:rsid w:val="00C05DD5"/>
     <w:rsid w:val="00C07315"/>
+    <w:rsid w:val="00C12F2C"/>
     <w:rsid w:val="00C13B89"/>
     <w:rsid w:val="00C14EEE"/>
     <w:rsid w:val="00C168A7"/>
     <w:rsid w:val="00C333D7"/>
     <w:rsid w:val="00C37D60"/>
     <w:rsid w:val="00C43B12"/>
     <w:rsid w:val="00C45B0F"/>
     <w:rsid w:val="00C461C0"/>
     <w:rsid w:val="00C56D88"/>
     <w:rsid w:val="00C57107"/>
     <w:rsid w:val="00C671F0"/>
     <w:rsid w:val="00C8097A"/>
     <w:rsid w:val="00C854A2"/>
     <w:rsid w:val="00C86D61"/>
     <w:rsid w:val="00C870E8"/>
     <w:rsid w:val="00C97297"/>
     <w:rsid w:val="00C97647"/>
     <w:rsid w:val="00CA06A0"/>
     <w:rsid w:val="00CB0039"/>
     <w:rsid w:val="00CB126C"/>
     <w:rsid w:val="00CC04D4"/>
     <w:rsid w:val="00CC116D"/>
     <w:rsid w:val="00CC2C68"/>
     <w:rsid w:val="00CD1B91"/>
     <w:rsid w:val="00CD5649"/>
@@ -30700,81 +30588,84 @@
     <w:rsid w:val="00D43334"/>
     <w:rsid w:val="00D4440A"/>
     <w:rsid w:val="00D453EE"/>
     <w:rsid w:val="00D455D8"/>
     <w:rsid w:val="00D46DA4"/>
     <w:rsid w:val="00D4700F"/>
     <w:rsid w:val="00D47ED5"/>
     <w:rsid w:val="00D613CC"/>
     <w:rsid w:val="00D64583"/>
     <w:rsid w:val="00D65979"/>
     <w:rsid w:val="00D70151"/>
     <w:rsid w:val="00D727F6"/>
     <w:rsid w:val="00D742E9"/>
     <w:rsid w:val="00D75F36"/>
     <w:rsid w:val="00D77BC9"/>
     <w:rsid w:val="00D8164C"/>
     <w:rsid w:val="00D82E2C"/>
     <w:rsid w:val="00D856C9"/>
     <w:rsid w:val="00D92842"/>
     <w:rsid w:val="00D954CB"/>
     <w:rsid w:val="00D97A4A"/>
     <w:rsid w:val="00DB03F3"/>
     <w:rsid w:val="00DB3074"/>
     <w:rsid w:val="00DC11CF"/>
     <w:rsid w:val="00DD2C45"/>
+    <w:rsid w:val="00DD7E88"/>
     <w:rsid w:val="00DE0817"/>
     <w:rsid w:val="00DE19DE"/>
     <w:rsid w:val="00DE38CF"/>
     <w:rsid w:val="00E0426F"/>
     <w:rsid w:val="00E04DB8"/>
     <w:rsid w:val="00E04E15"/>
     <w:rsid w:val="00E07CAE"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E137C7"/>
     <w:rsid w:val="00E141E0"/>
     <w:rsid w:val="00E1612B"/>
     <w:rsid w:val="00E24494"/>
     <w:rsid w:val="00E27599"/>
     <w:rsid w:val="00E27E83"/>
+    <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E607AB"/>
     <w:rsid w:val="00E62FCD"/>
     <w:rsid w:val="00E65329"/>
     <w:rsid w:val="00E7188E"/>
     <w:rsid w:val="00E73220"/>
     <w:rsid w:val="00E77265"/>
     <w:rsid w:val="00E8135D"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E93A59"/>
     <w:rsid w:val="00E9542B"/>
     <w:rsid w:val="00EA2D54"/>
     <w:rsid w:val="00EB179E"/>
     <w:rsid w:val="00EB3EA2"/>
     <w:rsid w:val="00EB61D5"/>
     <w:rsid w:val="00EC5C77"/>
     <w:rsid w:val="00ED1433"/>
     <w:rsid w:val="00ED7386"/>
+    <w:rsid w:val="00EE223B"/>
     <w:rsid w:val="00EE723A"/>
     <w:rsid w:val="00EF4545"/>
     <w:rsid w:val="00EF4C63"/>
     <w:rsid w:val="00EF6181"/>
     <w:rsid w:val="00F04615"/>
     <w:rsid w:val="00F2223C"/>
     <w:rsid w:val="00F23973"/>
     <w:rsid w:val="00F51B4A"/>
     <w:rsid w:val="00F54C42"/>
     <w:rsid w:val="00F662A1"/>
     <w:rsid w:val="00F70861"/>
     <w:rsid w:val="00F70B9F"/>
     <w:rsid w:val="00F7640A"/>
     <w:rsid w:val="00F824AD"/>
     <w:rsid w:val="00F92B20"/>
     <w:rsid w:val="00F935C6"/>
     <w:rsid w:val="00FA3BFB"/>
     <w:rsid w:val="00FA5C14"/>
     <w:rsid w:val="00FB4E23"/>
     <w:rsid w:val="00FD0991"/>
     <w:rsid w:val="00FD5DC8"/>
     <w:rsid w:val="00FE151D"/>
     <w:rsid w:val="00FE2723"/>
     <w:rsid w:val="00FE3239"/>
     <w:rsid w:val="00FF0969"/>
@@ -32177,51 +32068,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113699307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -32488,52 +32379,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f787eaa3d848b643d27d261b2a691d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6432457ecf8c8f549be832a1f35452a3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f753701b987ef20f103cb7d41e74cbc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -32739,91 +32630,91 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EA8EC59-1400-41E4-873F-547547832F9E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05CFF35C-DFBC-4112-9AF6-9D784C5E7619}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7A1D9A1-39D7-4721-9E92-D7DFF2F8B4E0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E2A7BBD-2DDB-429F-A24A-0E5538992070}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACE93DB-C15B-4537-827D-C853A3D5E381}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ADEB877-BB45-4A12-AA60-7918B4EA6F43}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>4584</Words>
-  <Characters>20090</Characters>
+  <Words>4585</Words>
+  <Characters>20092</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>913</Lines>
   <Paragraphs>666</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24008</CharactersWithSpaces>
+  <CharactersWithSpaces>24011</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">