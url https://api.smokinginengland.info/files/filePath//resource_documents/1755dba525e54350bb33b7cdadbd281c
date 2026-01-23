--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -1,53 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A7B5CF2" w14:textId="77777777" w:rsidR="00ED1433" w:rsidRDefault="00ED1433" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A99F08" w14:textId="77777777" w:rsidR="00BE7F67" w:rsidRPr="00B56372" w:rsidRDefault="00454BB3" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
@@ -60,52 +55,55 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ST</w:t>
       </w:r>
       <w:r w:rsidR="004D1394" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>MODULE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B46DE0E" w14:textId="158C6DCF" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="000267DC">
-      <w:pPr>
+    <w:p w14:paraId="7B46DE0E" w14:textId="58A668B6" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="00962497">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SAMPLE: </w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -158,50 +156,61 @@
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>+ in</w:t>
       </w:r>
       <w:r w:rsidR="00D46DA4" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> GB</w:t>
+      </w:r>
+      <w:r w:rsidR="00962497">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C1AB81" w14:textId="77777777" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS: </w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
@@ -6221,70 +6230,59 @@
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ASK Q632E67</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00F51B4A" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11</w:t>
-[...9 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44266445" w14:textId="26EF83EB" w:rsidR="00860EB2" w:rsidRPr="00233666" w:rsidRDefault="00860EB2" w:rsidP="00507D51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE180F0" w14:textId="77777777" w:rsidR="00FF0969" w:rsidRPr="00233666" w:rsidRDefault="00FF0969" w:rsidP="00FF0969">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
@@ -7072,54 +7070,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4CD53A52" w14:textId="61EEB634" w:rsidR="00454BB3" w:rsidRPr="00233666" w:rsidRDefault="004C2C1E" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
@@ -7643,54 +7640,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E8179E" w14:textId="302B0453" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -20344,54 +20340,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4655FC" w14:textId="72279365" w:rsidR="000E5985" w:rsidRPr="00233666" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -22187,54 +22182,53 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="007105FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D6C59B" w14:textId="43705B04" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk95143747"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -22998,54 +22992,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760474F8" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4B6BD9" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -23350,54 +23343,53 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F0901E" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFCA198" w14:textId="75547282" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -25046,301 +25038,249 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>CLOSE FILTER AD}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED4F60" w14:textId="77777777" w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidRDefault="008E17E5" w:rsidP="00A42F73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidSect="00AF3981">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02AC8204" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="0BA0B208" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="12E485A3" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{65E30C01-B75C-4617-81E3-D007E25C1774}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{4ECCA316-8B0C-43FE-94B5-D445746F361E}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{643353B9-D296-4EDC-A7BA-6BD55210DF03}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{E15FA6C4-6E9E-4E48-A821-4D0588B4344E}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{8399D147-6540-4DAE-ADCF-7E81191C4BC4}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{8466C448-E465-4C0F-AFA3-E168EB3B6331}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{66B38544-9502-459F-AC3B-6E33CDEEB97E}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{90CE884E-B33D-4D21-8856-9D3CCB233535}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{05718046-7EC1-461F-BD6A-BA38E9934409}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{52450E1D-1B04-46B8-956B-1CDA5B4C0CED}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{F70EF9FD-B4CA-411D-9B3B-2B5FE53B847C}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{1EC89B7D-707C-4854-8FDD-10CD7A498D51}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{EEE8DEA4-1DB7-40BE-86AC-C278058D8B28}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{74842D51-0616-4D49-AB1A-B90CB24A15B7}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{1A0F2832-E411-4E33-8DC6-3E08AF6971DE}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{F2A533D7-9CCF-412D-A24E-CA654E00D26C}"/>
   </w:font>
 </w:fonts>
-</file>
-[...28 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="104CC444" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="0DF9E598" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="62167F2C" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
-[...9 lines deleted...]
-  <w:p w14:paraId="240B6145" w14:textId="3B71F378" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="240B6145" w14:textId="28156A94" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="00AD5845">
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>9498</w:t>
     </w:r>
     <w:r>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00DD7E88">
-      <w:t>40</w:t>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00962497">
+      <w:t>9</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="000F3ADD">
       <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38BDE970" w14:textId="77777777" w:rsidR="000F3ADD" w:rsidRDefault="000F3ADD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1E44D7F3" w14:textId="77777777" w:rsidR="0065037E" w:rsidRDefault="0065037E">
-    <w:pPr>
-[...8 lines deleted...]
-  <w:p w14:paraId="5B26A4B8" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00281BA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B7E655C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -30110,50 +30050,51 @@
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000267DC"/>
     <w:rsid w:val="00003670"/>
     <w:rsid w:val="00005EA1"/>
     <w:rsid w:val="000129D1"/>
     <w:rsid w:val="00025D0A"/>
     <w:rsid w:val="000267DC"/>
     <w:rsid w:val="00033002"/>
     <w:rsid w:val="000415D8"/>
     <w:rsid w:val="000424C8"/>
     <w:rsid w:val="00043A94"/>
     <w:rsid w:val="00047253"/>
     <w:rsid w:val="0005756F"/>
     <w:rsid w:val="000602D2"/>
+    <w:rsid w:val="00062F8D"/>
     <w:rsid w:val="000678C5"/>
     <w:rsid w:val="000711D1"/>
     <w:rsid w:val="0008638E"/>
     <w:rsid w:val="0008772E"/>
     <w:rsid w:val="00087C00"/>
     <w:rsid w:val="00095909"/>
     <w:rsid w:val="000A3720"/>
     <w:rsid w:val="000B3199"/>
     <w:rsid w:val="000B475F"/>
     <w:rsid w:val="000C03F2"/>
     <w:rsid w:val="000D09EF"/>
     <w:rsid w:val="000D0BD3"/>
     <w:rsid w:val="000D4AC3"/>
     <w:rsid w:val="000E4681"/>
     <w:rsid w:val="000E5985"/>
     <w:rsid w:val="000F3608"/>
     <w:rsid w:val="000F3ADD"/>
     <w:rsid w:val="000F4A2F"/>
     <w:rsid w:val="000F4EAA"/>
     <w:rsid w:val="00101834"/>
     <w:rsid w:val="00105DD0"/>
     <w:rsid w:val="00111F09"/>
     <w:rsid w:val="00125EAD"/>
     <w:rsid w:val="00126BA5"/>
     <w:rsid w:val="00127A8F"/>
@@ -30340,50 +30281,51 @@
     <w:rsid w:val="005A50F7"/>
     <w:rsid w:val="005A644B"/>
     <w:rsid w:val="005B577C"/>
     <w:rsid w:val="005C76B8"/>
     <w:rsid w:val="005D3328"/>
     <w:rsid w:val="005E14AC"/>
     <w:rsid w:val="005E6887"/>
     <w:rsid w:val="005E68AE"/>
     <w:rsid w:val="005E7B91"/>
     <w:rsid w:val="005E7C0E"/>
     <w:rsid w:val="005E7FCE"/>
     <w:rsid w:val="005F0C74"/>
     <w:rsid w:val="005F7642"/>
     <w:rsid w:val="00607562"/>
     <w:rsid w:val="00610B53"/>
     <w:rsid w:val="0061169B"/>
     <w:rsid w:val="00612E22"/>
     <w:rsid w:val="00613118"/>
     <w:rsid w:val="006204F1"/>
     <w:rsid w:val="00632C68"/>
     <w:rsid w:val="0063391D"/>
     <w:rsid w:val="006341F8"/>
     <w:rsid w:val="0063449C"/>
     <w:rsid w:val="00645DAC"/>
     <w:rsid w:val="0065037E"/>
+    <w:rsid w:val="0066517B"/>
     <w:rsid w:val="00667D7C"/>
     <w:rsid w:val="006729B8"/>
     <w:rsid w:val="00673AD3"/>
     <w:rsid w:val="00687C03"/>
     <w:rsid w:val="00687D55"/>
     <w:rsid w:val="0069254F"/>
     <w:rsid w:val="00694646"/>
     <w:rsid w:val="006958A8"/>
     <w:rsid w:val="006A13E9"/>
     <w:rsid w:val="006A3A7F"/>
     <w:rsid w:val="006A55D7"/>
     <w:rsid w:val="006B2B5B"/>
     <w:rsid w:val="006B4449"/>
     <w:rsid w:val="006B48B7"/>
     <w:rsid w:val="006B6202"/>
     <w:rsid w:val="006B652B"/>
     <w:rsid w:val="006C3880"/>
     <w:rsid w:val="006D5D1F"/>
     <w:rsid w:val="006D6602"/>
     <w:rsid w:val="006D7CBA"/>
     <w:rsid w:val="006E132E"/>
     <w:rsid w:val="006E4630"/>
     <w:rsid w:val="006E66CF"/>
     <w:rsid w:val="006E7896"/>
     <w:rsid w:val="006F7B3C"/>
@@ -30442,101 +30384,104 @@
     <w:rsid w:val="008A4D56"/>
     <w:rsid w:val="008C2C35"/>
     <w:rsid w:val="008C3E53"/>
     <w:rsid w:val="008C4A04"/>
     <w:rsid w:val="008C6D93"/>
     <w:rsid w:val="008D32FD"/>
     <w:rsid w:val="008D708C"/>
     <w:rsid w:val="008D7341"/>
     <w:rsid w:val="008E103B"/>
     <w:rsid w:val="008E17E5"/>
     <w:rsid w:val="008F0346"/>
     <w:rsid w:val="008F175C"/>
     <w:rsid w:val="008F47B4"/>
     <w:rsid w:val="00916645"/>
     <w:rsid w:val="00926C8C"/>
     <w:rsid w:val="009328D1"/>
     <w:rsid w:val="00933BEA"/>
     <w:rsid w:val="009475AA"/>
     <w:rsid w:val="00947C49"/>
     <w:rsid w:val="00950FB0"/>
     <w:rsid w:val="00951120"/>
     <w:rsid w:val="0095399C"/>
     <w:rsid w:val="00956BE8"/>
     <w:rsid w:val="009616C2"/>
     <w:rsid w:val="009621BF"/>
+    <w:rsid w:val="00962497"/>
     <w:rsid w:val="009677E2"/>
     <w:rsid w:val="00967ECA"/>
     <w:rsid w:val="009727F0"/>
     <w:rsid w:val="00974DAC"/>
     <w:rsid w:val="00983474"/>
     <w:rsid w:val="00986122"/>
     <w:rsid w:val="009872F4"/>
     <w:rsid w:val="009873CD"/>
     <w:rsid w:val="009A1EB5"/>
     <w:rsid w:val="009A5970"/>
     <w:rsid w:val="009A7988"/>
     <w:rsid w:val="009B05A4"/>
     <w:rsid w:val="009B3280"/>
     <w:rsid w:val="009B72A6"/>
     <w:rsid w:val="009C4E31"/>
     <w:rsid w:val="009C6295"/>
     <w:rsid w:val="009D4044"/>
     <w:rsid w:val="009D7E88"/>
     <w:rsid w:val="00A0630F"/>
     <w:rsid w:val="00A125B8"/>
     <w:rsid w:val="00A137DF"/>
     <w:rsid w:val="00A22212"/>
     <w:rsid w:val="00A32A68"/>
     <w:rsid w:val="00A33BD5"/>
     <w:rsid w:val="00A411CF"/>
     <w:rsid w:val="00A42F73"/>
     <w:rsid w:val="00A566CB"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64C96"/>
     <w:rsid w:val="00A7187C"/>
+    <w:rsid w:val="00A74075"/>
     <w:rsid w:val="00A75638"/>
     <w:rsid w:val="00A77382"/>
     <w:rsid w:val="00A831CF"/>
     <w:rsid w:val="00A858DE"/>
     <w:rsid w:val="00A87106"/>
     <w:rsid w:val="00A95747"/>
     <w:rsid w:val="00AC3F6C"/>
     <w:rsid w:val="00AC626C"/>
     <w:rsid w:val="00AD22F4"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00AD5692"/>
     <w:rsid w:val="00AD5845"/>
     <w:rsid w:val="00AD65CC"/>
     <w:rsid w:val="00AD7D6D"/>
     <w:rsid w:val="00AF2AC8"/>
     <w:rsid w:val="00AF3981"/>
     <w:rsid w:val="00AF5C08"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B11858"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B135EB"/>
+    <w:rsid w:val="00B13EC2"/>
     <w:rsid w:val="00B16834"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B246C0"/>
     <w:rsid w:val="00B2502B"/>
     <w:rsid w:val="00B2561B"/>
     <w:rsid w:val="00B3317F"/>
     <w:rsid w:val="00B4265C"/>
     <w:rsid w:val="00B56372"/>
     <w:rsid w:val="00B6450B"/>
     <w:rsid w:val="00B679BF"/>
     <w:rsid w:val="00B739A8"/>
     <w:rsid w:val="00B76832"/>
     <w:rsid w:val="00B84A70"/>
     <w:rsid w:val="00B852D1"/>
     <w:rsid w:val="00B91906"/>
     <w:rsid w:val="00B930BD"/>
     <w:rsid w:val="00B94678"/>
     <w:rsid w:val="00BA4A43"/>
     <w:rsid w:val="00BB45AA"/>
     <w:rsid w:val="00BC62B5"/>
     <w:rsid w:val="00BC6BBC"/>
     <w:rsid w:val="00BE5013"/>
     <w:rsid w:val="00BE7F67"/>
     <w:rsid w:val="00BF3F3C"/>
     <w:rsid w:val="00BF70E1"/>
@@ -30580,84 +30525,86 @@
     <w:rsid w:val="00D00D8F"/>
     <w:rsid w:val="00D07511"/>
     <w:rsid w:val="00D14493"/>
     <w:rsid w:val="00D21C37"/>
     <w:rsid w:val="00D36CE2"/>
     <w:rsid w:val="00D40AAF"/>
     <w:rsid w:val="00D416DA"/>
     <w:rsid w:val="00D42956"/>
     <w:rsid w:val="00D43334"/>
     <w:rsid w:val="00D4440A"/>
     <w:rsid w:val="00D453EE"/>
     <w:rsid w:val="00D455D8"/>
     <w:rsid w:val="00D46DA4"/>
     <w:rsid w:val="00D4700F"/>
     <w:rsid w:val="00D47ED5"/>
     <w:rsid w:val="00D613CC"/>
     <w:rsid w:val="00D64583"/>
     <w:rsid w:val="00D65979"/>
     <w:rsid w:val="00D70151"/>
     <w:rsid w:val="00D727F6"/>
     <w:rsid w:val="00D742E9"/>
     <w:rsid w:val="00D75F36"/>
     <w:rsid w:val="00D77BC9"/>
     <w:rsid w:val="00D8164C"/>
     <w:rsid w:val="00D82E2C"/>
+    <w:rsid w:val="00D84045"/>
     <w:rsid w:val="00D856C9"/>
     <w:rsid w:val="00D92842"/>
     <w:rsid w:val="00D954CB"/>
     <w:rsid w:val="00D97A4A"/>
     <w:rsid w:val="00DB03F3"/>
     <w:rsid w:val="00DB3074"/>
     <w:rsid w:val="00DC11CF"/>
     <w:rsid w:val="00DD2C45"/>
     <w:rsid w:val="00DD7E88"/>
     <w:rsid w:val="00DE0817"/>
     <w:rsid w:val="00DE19DE"/>
     <w:rsid w:val="00DE38CF"/>
     <w:rsid w:val="00E0426F"/>
     <w:rsid w:val="00E04DB8"/>
     <w:rsid w:val="00E04E15"/>
     <w:rsid w:val="00E07CAE"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E137C7"/>
     <w:rsid w:val="00E141E0"/>
     <w:rsid w:val="00E1612B"/>
     <w:rsid w:val="00E24494"/>
     <w:rsid w:val="00E27599"/>
     <w:rsid w:val="00E27E83"/>
     <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E607AB"/>
     <w:rsid w:val="00E62FCD"/>
     <w:rsid w:val="00E65329"/>
     <w:rsid w:val="00E7188E"/>
     <w:rsid w:val="00E73220"/>
     <w:rsid w:val="00E77265"/>
     <w:rsid w:val="00E8135D"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E93A59"/>
     <w:rsid w:val="00E9542B"/>
+    <w:rsid w:val="00EA28B6"/>
     <w:rsid w:val="00EA2D54"/>
     <w:rsid w:val="00EB179E"/>
     <w:rsid w:val="00EB3EA2"/>
     <w:rsid w:val="00EB61D5"/>
     <w:rsid w:val="00EC5C77"/>
     <w:rsid w:val="00ED1433"/>
     <w:rsid w:val="00ED7386"/>
     <w:rsid w:val="00EE223B"/>
     <w:rsid w:val="00EE723A"/>
     <w:rsid w:val="00EF4545"/>
     <w:rsid w:val="00EF4C63"/>
     <w:rsid w:val="00EF6181"/>
     <w:rsid w:val="00F04615"/>
     <w:rsid w:val="00F2223C"/>
     <w:rsid w:val="00F23973"/>
     <w:rsid w:val="00F51B4A"/>
     <w:rsid w:val="00F54C42"/>
     <w:rsid w:val="00F662A1"/>
     <w:rsid w:val="00F70861"/>
     <w:rsid w:val="00F70B9F"/>
     <w:rsid w:val="00F7640A"/>
     <w:rsid w:val="00F824AD"/>
     <w:rsid w:val="00F92B20"/>
     <w:rsid w:val="00F935C6"/>
     <w:rsid w:val="00FA3BFB"/>
@@ -32068,51 +32015,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113699307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -32379,52 +32326,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f753701b987ef20f103cb7d41e74cbc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -32602,123 +32549,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05CFF35C-DFBC-4112-9AF6-9D784C5E7619}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E289A5C-62D9-4A0D-A704-1F281E755DEE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E2A7BBD-2DDB-429F-A24A-0E5538992070}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{582DD536-DB1C-4924-8527-43FF3C1438B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
+    <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ADEB877-BB45-4A12-AA60-7918B4EA6F43}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DE69EA9-7101-4484-931E-EBBE224F4270}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
   <Words>4585</Words>
-  <Characters>20092</Characters>
+  <Characters>20561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>913</Lines>
-  <Paragraphs>666</Paragraphs>
+  <Lines>928</Lines>
+  <Paragraphs>559</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24011</CharactersWithSpaces>
+  <CharactersWithSpaces>24684</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>